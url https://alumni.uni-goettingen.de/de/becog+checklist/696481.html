--- v0 (2025-10-01)
+++ v1 (2025-11-19)
@@ -2,72 +2,73 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="46C9F0B3" w14:textId="2BA95C03" w:rsidR="005077BC" w:rsidRDefault="005F36B2" w:rsidP="005077BC">
+    <w:p w14:paraId="46C9F0B3" w14:textId="59D75864" w:rsidR="005077BC" w:rsidRDefault="005F36B2" w:rsidP="005077BC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="HG Mincho Light J"/>
           <w:kern w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F36B2">
         <w:rPr>
           <w:rFonts w:eastAsia="HG Mincho Light J"/>
+          <w:noProof/>
           <w:kern w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1B3B9651" wp14:editId="5C23ED3F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1B3B9651" wp14:editId="1B49617A">
             <wp:extent cx="3722400" cy="662756"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="580761348" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="580761348" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3722400" cy="662756"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
@@ -88,51 +89,51 @@
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005077BC">
         <w:rPr>
           <w:rFonts w:eastAsia="HG Mincho Light J"/>
           <w:kern w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="005077BC" w:rsidRPr="00F77AFA">
         <w:rPr>
           <w:rFonts w:eastAsia="HG Mincho Light J"/>
           <w:noProof/>
           <w:kern w:val="1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="724687DD" wp14:editId="16D7303C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="724687DD" wp14:editId="473EEAEC">
             <wp:extent cx="1384300" cy="711200"/>
             <wp:effectExtent l="0" t="0" r="12700" b="0"/>
             <wp:docPr id="1" name="Bild 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Bild 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -378,84 +379,104 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005077BC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">................................................................................................................................................ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F50123A" w14:textId="77777777" w:rsidR="003A6821" w:rsidRPr="005077BC" w:rsidRDefault="00C77E32">
       <w:pPr>
         <w:spacing w:after="4" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005077BC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DD8149D" w14:textId="77777777" w:rsidR="003A6821" w:rsidRPr="005077BC" w:rsidRDefault="00C77E32">
+    <w:p w14:paraId="2DD8149D" w14:textId="77777777" w:rsidR="003A6821" w:rsidRDefault="00C77E32">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
         <w:rPr>
+          <w:u w:val="none"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005077BC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Confirmation of annual progress report and thesis committee meeting</w:t>
       </w:r>
       <w:r w:rsidRPr="005077BC">
         <w:rPr>
           <w:u w:val="none"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="559B8F38" w14:textId="77777777" w:rsidR="003A6821" w:rsidRPr="005077BC" w:rsidRDefault="0080263A">
+    <w:p w14:paraId="0ACC1EC2" w14:textId="77777777" w:rsidR="001E4DF0" w:rsidRPr="001E4DF0" w:rsidRDefault="001E4DF0" w:rsidP="001E4DF0">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="559B8F38" w14:textId="3D613DA0" w:rsidR="003A6821" w:rsidRPr="005077BC" w:rsidRDefault="0080263A">
       <w:pPr>
         <w:ind w:left="-5"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Report 1 and subsequent discussion took place after 6 months</w:t>
+        <w:t xml:space="preserve">Report 1 and subsequent discussion took place </w:t>
+      </w:r>
+      <w:r w:rsidR="00777960">
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6 months</w:t>
       </w:r>
       <w:r w:rsidR="00C77E32" w:rsidRPr="005077BC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD23C6C" w14:textId="77777777" w:rsidR="003A6821" w:rsidRPr="005077BC" w:rsidRDefault="00C77E32">
       <w:pPr>
         <w:spacing w:after="106"/>
         <w:ind w:left="-5"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005077BC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Date and signature of the members of the Thesis Committee </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B64D659" w14:textId="77777777" w:rsidR="003A6821" w:rsidRPr="005077BC" w:rsidRDefault="00C77E32">
       <w:pPr>
@@ -690,310 +711,374 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005077BC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Date and signature of the members of the Thesis Committee </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A095F1C" w14:textId="77777777" w:rsidR="006439F4" w:rsidRPr="005077BC" w:rsidRDefault="006439F4" w:rsidP="006439F4">
       <w:pPr>
         <w:ind w:left="-5"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005077BC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">________   __________________  ____________________   ______________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="749285A4" w14:textId="77777777" w:rsidR="003A6821" w:rsidRPr="005077BC" w:rsidRDefault="003A6821">
+    <w:p w14:paraId="749285A4" w14:textId="77777777" w:rsidR="003A6821" w:rsidRDefault="003A6821">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="341DE7EE" w14:textId="77777777" w:rsidR="00F3194C" w:rsidRPr="005077BC" w:rsidRDefault="00F3194C">
+    <w:p w14:paraId="26723F31" w14:textId="77777777" w:rsidR="00BD5DCA" w:rsidRPr="005077BC" w:rsidRDefault="00BD5DCA" w:rsidP="00BD5DCA">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7A5758F8" w14:textId="77777777" w:rsidR="00F3194C" w:rsidRDefault="00F3194C">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="shorttext"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(If applicable) Report 5 and subsequent discussion </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>took place:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07EF0D86" w14:textId="77777777" w:rsidR="00BD5DCA" w:rsidRPr="005077BC" w:rsidRDefault="00BD5DCA" w:rsidP="00BD5DCA">
+      <w:pPr>
+        <w:spacing w:after="106"/>
+        <w:ind w:left="-5"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005077BC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Date and signature of the members of the Thesis Committee </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78E69588" w14:textId="77777777" w:rsidR="00BD5DCA" w:rsidRPr="005077BC" w:rsidRDefault="00BD5DCA" w:rsidP="00BD5DCA">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005077BC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________   __________________  ____________________   ______________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EEDDE34" w14:textId="77777777" w:rsidR="00BD5DCA" w:rsidRPr="005077BC" w:rsidRDefault="00BD5DCA">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03FD1530" w14:textId="77777777" w:rsidR="005077BC" w:rsidRDefault="005077BC">
+    <w:p w14:paraId="4063739A" w14:textId="4F65149D" w:rsidR="003A6821" w:rsidRPr="001E4DF0" w:rsidRDefault="00DA7A75" w:rsidP="00F3194C">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1F2285EA" w14:textId="77777777" w:rsidR="005077BC" w:rsidRPr="005077BC" w:rsidRDefault="005077BC">
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E4DF0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Proof of Performance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4256A92C" w14:textId="77777777" w:rsidR="003A6821" w:rsidRPr="005077BC" w:rsidRDefault="00C77E32">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+      <w:r w:rsidRPr="005077BC">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D923C19" w14:textId="5514636E" w:rsidR="003A6821" w:rsidRDefault="005077BC" w:rsidP="00DA7A75">
+      <w:pPr>
+        <w:ind w:left="-15" w:firstLine="0"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:r w:rsidR="00C77E32" w:rsidRPr="005077BC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> list </w:t>
+      </w:r>
+      <w:r w:rsidR="003259D9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="00C77E32" w:rsidRPr="005077BC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> achieved credits should be updated regularly</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and used to confirm </w:t>
+      </w:r>
+      <w:r w:rsidR="003259D9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">completed </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>credits</w:t>
+      </w:r>
+      <w:r w:rsidR="00C77E32" w:rsidRPr="005077BC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="003259D9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Students can extend the table as needed by adding rows under each </w:t>
+      </w:r>
+      <w:r w:rsidR="00947562">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="003259D9">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>odule category</w:t>
+      </w:r>
+      <w:r w:rsidR="00C77E32" w:rsidRPr="005077BC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CF4912E" w14:textId="77777777" w:rsidR="00DA7A75" w:rsidRPr="005077BC" w:rsidRDefault="00DA7A75" w:rsidP="00DA7A75">
+      <w:pPr>
+        <w:ind w:left="-15" w:firstLine="0"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E185FAC" w14:textId="5313F1B1" w:rsidR="003A6821" w:rsidRPr="005077BC" w:rsidRDefault="00DA7A75">
+      <w:pPr>
+        <w:ind w:left="-5"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...13 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">Proof of Performance </w:t>
+      </w:r>
+      <w:r w:rsidR="00C77E32" w:rsidRPr="005077BC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="0096295B" w:rsidRPr="0096295B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="HG Mincho Light J"/>
+          <w:kern w:val="1"/>
+          <w:lang w:val="en-GB" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>C = Credits, Sem = Semester)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C77E32" w:rsidRPr="005077BC">
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...77 lines deleted...]
-        <w:t xml:space="preserve">) (C = Credits) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="081B4C76" w14:textId="77777777" w:rsidR="003A6821" w:rsidRPr="005077BC" w:rsidRDefault="00C77E32">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005077BC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9656" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4111"/>
         <w:gridCol w:w="992"/>
-        <w:gridCol w:w="426"/>
-        <w:gridCol w:w="1956"/>
+        <w:gridCol w:w="596"/>
+        <w:gridCol w:w="1786"/>
         <w:gridCol w:w="2171"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="005F36B2" w14:paraId="4E9D7012" w14:textId="77777777" w:rsidTr="00BE1798">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="001E4DF0" w14:paraId="4E9D7012" w14:textId="77777777" w:rsidTr="00BE1798">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9656" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7AFBC71A" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7CE09412" w14:textId="647F798F" w:rsidR="00BE1798" w:rsidRPr="00BE1798" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Module </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE1798">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1: Acquiring knowledge of and reflecting on research (4C)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="00476966" w14:paraId="00AF965B" w14:textId="77777777" w:rsidTr="00476966">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="00476966" w14:paraId="00AF965B" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="228C5AF0" w14:textId="0F4EC822" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -1010,80 +1095,80 @@
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Sem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcW w:w="596" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1D918AF2" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="738C1AE3" w14:textId="0B9245A8" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Instructor</w:t>
             </w:r>
           </w:p>
@@ -1096,331 +1181,315 @@
           <w:p w14:paraId="60F06069" w14:textId="45C25C97" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Signature </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="093D89E7" w14:textId="77777777" w:rsidTr="00E84631">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="093D89E7" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B27DE59" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7389EC7F" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D42CCBC" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56B500DE" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78EF23CE" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="0D3C1A20" w14:textId="77777777" w:rsidTr="00E84631">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="0D3C1A20" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="461E0463" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="089B1A84" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4154F78B" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73A9752C" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4701057B" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="2EB54770" w14:textId="77777777" w:rsidTr="00E84631">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="2EB54770" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55C2FA51" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3409D436" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="781EECD6" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5570CA0C" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63041562" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="005F36B2" w14:paraId="0026C21F" w14:textId="77777777" w:rsidTr="00CF0B91">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="001E4DF0" w14:paraId="0026C21F" w14:textId="77777777" w:rsidTr="00CF0B91">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9656" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A0E8611" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial-BoldMT" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial-BoldMT" w:cs="Arial-BoldMT"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="141EE43D" w14:textId="7AF594B9" w:rsidR="00BE1798" w:rsidRPr="00BE1798" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Module 2: Subject and methodological basics (4C)</w:t>
             </w:r>
             <w:r w:rsidR="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="00476966" w14:paraId="6117F0EA" w14:textId="77777777" w:rsidTr="00476966">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="00476966" w14:paraId="6117F0EA" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="56296048" w14:textId="755733B8" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -1437,80 +1506,80 @@
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcW w:w="596" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4A14FFC1" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="22A4606A" w14:textId="6C81CA0A" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Supervisor</w:t>
             </w:r>
           </w:p>
@@ -1523,500 +1592,479 @@
           <w:p w14:paraId="1713790F" w14:textId="661642B7" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="22C0A121" w14:textId="77777777" w:rsidTr="00E84631">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="22C0A121" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E82313F" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13A841D7" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38F283A3" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4AB0D656" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D1B7E13" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="4AEC4BDD" w14:textId="77777777" w:rsidTr="00E84631">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="4AEC4BDD" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52F23D23" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="322052DD" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D17B863" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3209681C" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DEBD237" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="57BD487F" w14:textId="77777777" w:rsidTr="00E84631">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="57BD487F" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66274CDA" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CBC32CC" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AF5694B" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23D52A08" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43BA28D5" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="0009C8FD" w14:textId="77777777" w:rsidTr="00E84631">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="0009C8FD" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1393172B" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CEC76BC" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6693C0EB" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D5CE12B" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F371ABD" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE1798" w:rsidRPr="00BE1798" w14:paraId="5C401F92" w14:textId="77777777" w:rsidTr="00BE1798">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9656" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="594EAE21" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial-BoldMT" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial-BoldMT" w:cs="Arial-BoldMT"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="402EBE1C" w14:textId="470DD36B" w:rsidR="00BE1798" w:rsidRPr="00BE1798" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial-BoldMT" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial-BoldMT" w:cs="Arial-BoldMT"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Module 3: Scientific teaching (4C)</w:t>
             </w:r>
             <w:r w:rsidR="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="00476966" w14:paraId="3BDCF266" w14:textId="77777777" w:rsidTr="00476966">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="00476966" w14:paraId="3BDCF266" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="12703CFF" w14:textId="0CEC81E2" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
+          <w:p w14:paraId="12703CFF" w14:textId="46BDA059" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Name of course/ supervision</w:t>
+              <w:t>Name of course/supervision</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="76E0C71F" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Sem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcW w:w="596" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="2843D882" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4DD5B863" w14:textId="4A1EF272" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Supervisor</w:t>
             </w:r>
           </w:p>
@@ -2029,496 +2077,491 @@
           <w:p w14:paraId="1B0F7A8B" w14:textId="7F88E2BB" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="5C4853EA" w14:textId="77777777" w:rsidTr="00E84631">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="5C4853EA" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="264C0CF8" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E9A5EBC" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13312791" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5FC7B446" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B5BD007" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="7EB9D0A2" w14:textId="77777777" w:rsidTr="00E84631">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="7EB9D0A2" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DC81AC3" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60B7941D" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DB9FE3D" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="635B64F7" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="443D4CD8" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="412C03C3" w14:textId="77777777" w:rsidTr="00E84631">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="412C03C3" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3985D2B5" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DF14D55" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D309F15" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D539D02" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BBB07EE" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="1A147EFB" w14:textId="77777777" w:rsidTr="00E84631">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="1A147EFB" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5099228F" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DCFB62C" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="448C70E1" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5AD338BC" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74346BB2" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00476966" w:rsidRPr="001B3D10" w14:paraId="70610A1E" w14:textId="77777777" w:rsidTr="0019301B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9656" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1CC6843E" w14:textId="77777777" w:rsidR="00476966" w:rsidRPr="00476966" w:rsidRDefault="00476966" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4B8CB74E" w14:textId="7C8959BA" w:rsidR="00476966" w:rsidRPr="00476966" w:rsidRDefault="00476966" w:rsidP="00BE1798">
+          <w:p w14:paraId="4B8CB74E" w14:textId="4888CC60" w:rsidR="00476966" w:rsidRPr="00476966" w:rsidRDefault="00476966" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Module 4 Scientific communication (4C)</w:t>
+              <w:t>Module 4</w:t>
+            </w:r>
+            <w:r w:rsidR="006A728C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00476966">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Scientific communication (4C)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="00476966" w14:paraId="5E5899DE" w14:textId="77777777" w:rsidTr="00E84631">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="00476966" w14:paraId="5E5899DE" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="148EFEDC" w14:textId="60E0AA53" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00476966" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Name of conference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4CD3EDF3" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
-[...19 lines deleted...]
-              <w:t>Sem</w:t>
+          <w:p w14:paraId="4CD3EDF3" w14:textId="0E57620A" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00903C12" w:rsidP="00BE1798">
+            <w:pPr>
+              <w:pStyle w:val="TabellenInhalt"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcW w:w="596" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="795C6DAC" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="69E85CFD" w14:textId="67C7FB32" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Supervisor</w:t>
             </w:r>
           </w:p>
@@ -2531,494 +2574,506 @@
           <w:p w14:paraId="12443958" w14:textId="6171425F" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="7A613833" w14:textId="77777777" w:rsidTr="00E84631">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="7A613833" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0813BCA2" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7838444D" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21A139AE" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="412E9DDB" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="346AA5A3" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="5D98B21F" w14:textId="77777777" w:rsidTr="00E84631">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="5D98B21F" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7EB6027F" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="278AB9A6" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1000E45B" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D4542BD" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="351E11AC" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="40450D49" w14:textId="77777777" w:rsidTr="00E84631">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="001B3D10" w14:paraId="40450D49" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45F649C5" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1478E3BC" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CC55C9D" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A7EF184" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33041FCF" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="001B3D10" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00476966" w:rsidRPr="001B3D10" w14:paraId="237C2465" w14:textId="77777777" w:rsidTr="00E84631">
+      <w:tr w:rsidR="00476966" w:rsidRPr="001B3D10" w14:paraId="237C2465" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F249E9A" w14:textId="77777777" w:rsidR="00476966" w:rsidRPr="001B3D10" w:rsidRDefault="00476966" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AE566D2" w14:textId="77777777" w:rsidR="00476966" w:rsidRPr="001B3D10" w:rsidRDefault="00476966" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DA636D7" w14:textId="77777777" w:rsidR="00476966" w:rsidRPr="001B3D10" w:rsidRDefault="00476966" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C92CAEC" w14:textId="77777777" w:rsidR="00476966" w:rsidRPr="001B3D10" w:rsidRDefault="00476966" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="467F7A1A" w14:textId="77777777" w:rsidR="00476966" w:rsidRPr="001B3D10" w:rsidRDefault="00476966" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00476966" w:rsidRPr="001B3D10" w14:paraId="17F99084" w14:textId="77777777" w:rsidTr="008D5080">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9656" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2193C0A6" w14:textId="77777777" w:rsidR="00476966" w:rsidRDefault="00476966" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="78816B2D" w14:textId="55A03852" w:rsidR="00476966" w:rsidRPr="001B3D10" w:rsidRDefault="00476966" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Modul 5: Key competencies (4C)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="00476966" w14:paraId="29C862CA" w14:textId="77777777" w:rsidTr="00E84631">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="00476966" w14:paraId="29C862CA" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="5C29D279" w14:textId="1340DB9C" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00476966" w:rsidP="00476966">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Name of course</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4B7C407A" w14:textId="38F98A73" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
+          <w:p w14:paraId="4A5E3B8D" w14:textId="77777777" w:rsidR="00DC49CF" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Sem</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="426" w:type="dxa"/>
+            <w:r w:rsidR="00DC49CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B7C407A" w14:textId="7172561B" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00DC49CF" w:rsidP="00BE1798">
+            <w:pPr>
+              <w:pStyle w:val="TabellenInhalt"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="596" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="78C25DF6" w14:textId="584124BC" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="539B97CF" w14:textId="66F7FA23" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Instructor</w:t>
             </w:r>
           </w:p>
@@ -3031,493 +3086,482 @@
           <w:p w14:paraId="131BBA57" w14:textId="4EAAA17B" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="00476966" w14:paraId="44DE39EB" w14:textId="77777777" w:rsidTr="00E84631">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="00476966" w14:paraId="44DE39EB" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0782A84B" w14:textId="0F63A077" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00DD7606" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476966">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Kaiti Std R" w:eastAsia="Adobe Kaiti Std R" w:hAnsi="Adobe Kaiti Std R" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Good scientific practice</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Kaiti Std R" w:eastAsia="Adobe Kaiti Std R" w:hAnsi="Adobe Kaiti Std R" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Mandatory)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A7EEE9B" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32949457" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="090B93E4" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C3553D8" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="00476966" w14:paraId="2192F9E3" w14:textId="77777777" w:rsidTr="00E84631">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="00476966" w14:paraId="2192F9E3" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C60CBE8" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="487B4D76" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D577AF7" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60151A10" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2495CAD4" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="00476966" w14:paraId="231D3F45" w14:textId="77777777" w:rsidTr="00E84631">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="00476966" w14:paraId="231D3F45" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E894F43" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14B26FFF" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C7F3506" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5721E12C" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49C84574" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1798" w:rsidRPr="00476966" w14:paraId="6ECD2090" w14:textId="77777777" w:rsidTr="00E84631">
+      <w:tr w:rsidR="00BE1798" w:rsidRPr="00476966" w14:paraId="6ECD2090" w14:textId="77777777" w:rsidTr="00777960">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34110286" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B9A9AF6" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="596" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45377F65" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1956" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1786" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D1F3016" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2171" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3084B980" w14:textId="77777777" w:rsidR="00BE1798" w:rsidRPr="00476966" w:rsidRDefault="00BE1798" w:rsidP="00BE1798">
             <w:pPr>
               <w:pStyle w:val="TabellenInhalt"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="HG Mincho Light J" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7CBD267F" w14:textId="77777777" w:rsidR="003A6821" w:rsidRPr="00476966" w:rsidRDefault="00C77E32">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00476966">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F7AC8D9" w14:textId="77777777" w:rsidR="003A6821" w:rsidRPr="005077BC" w:rsidRDefault="00C77E32">
+    <w:p w14:paraId="7F7AC8D9" w14:textId="6FA58D98" w:rsidR="003A6821" w:rsidRPr="005077BC" w:rsidRDefault="00A70112">
       <w:pPr>
         <w:ind w:left="-5"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005077BC">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Enclose certificates of the successful participation and credits achieved! </w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Evidence of earned credits must be provided!</w:t>
+      </w:r>
+      <w:r w:rsidR="00C77E32" w:rsidRPr="005077BC">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D2C0EE3" w14:textId="77777777" w:rsidR="00FC1DD4" w:rsidRDefault="00FC1DD4">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EF4D209" w14:textId="049593E3" w:rsidR="00FC1DD4" w:rsidRDefault="00FC1DD4">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="212A7C49" w14:textId="77777777" w:rsidR="00FC1DD4" w:rsidRDefault="00FC1DD4">
-[...17 lines deleted...]
-    <w:p w14:paraId="785D063D" w14:textId="77777777" w:rsidR="00476966" w:rsidRDefault="00476966">
+    <w:p w14:paraId="785D063D" w14:textId="31FB3C25" w:rsidR="00476966" w:rsidRDefault="00476966">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="2841551E" w14:textId="77777777" w:rsidR="003259D9" w:rsidRDefault="003259D9">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="06B59867" w14:textId="034B3C82" w:rsidR="003A6821" w:rsidRPr="005077BC" w:rsidRDefault="00C77E32">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40EFAEBE" w14:textId="77777777" w:rsidR="003259D9" w:rsidRDefault="003259D9">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06B59867" w14:textId="034B3C82" w:rsidR="003A6821" w:rsidRPr="001E4DF0" w:rsidRDefault="00C77E32">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="2" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E4DF0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve">Confirmation for the registration to the examination </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FA463F5" w14:textId="77777777" w:rsidR="003A6821" w:rsidRPr="005077BC" w:rsidRDefault="00C77E32">
       <w:pPr>
         <w:spacing w:after="96" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005077BC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="609BA537" w14:textId="77777777" w:rsidR="003A6821" w:rsidRPr="005077BC" w:rsidRDefault="00C77E32">
       <w:pPr>
         <w:spacing w:after="111"/>
         <w:ind w:left="-5"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -3634,173 +3678,179 @@
       <w:pPr>
         <w:spacing w:after="3157"/>
         <w:ind w:left="-5"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005077BC">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                   Dean of studies           or             authorized representative  </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003A6821" w:rsidRPr="005077BC">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1136" w:right="1129" w:bottom="1025" w:left="1133" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7EA851DB" w14:textId="77777777" w:rsidR="0018685D" w:rsidRDefault="0018685D" w:rsidP="00F203CC">
+    <w:p w14:paraId="2CA08568" w14:textId="77777777" w:rsidR="00751896" w:rsidRDefault="00751896" w:rsidP="00F203CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6CCF5053" w14:textId="77777777" w:rsidR="0018685D" w:rsidRDefault="0018685D" w:rsidP="00F203CC">
+    <w:p w14:paraId="6F91DA74" w14:textId="77777777" w:rsidR="00751896" w:rsidRDefault="00751896" w:rsidP="00F203CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Thorndale AMT">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HG Mincho Light J">
     <w:altName w:val="msmincho"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial-BoldMT">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Kaiti Std R">
-    <w:altName w:val="Arial Unicode MS"/>
+    <w:altName w:val="Yu Gothic"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000207" w:usb1="0A0F1810" w:usb2="00000016" w:usb3="00000000" w:csb0="00060007" w:csb1="00000000"/>
+    <w:sig w:usb0="00002A87" w:usb1="0A0F1810" w:usb2="00000016" w:usb3="00000000" w:csb0="000601FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="012BEC41" w14:textId="4097B4F3" w:rsidR="00A6398A" w:rsidRDefault="00A6398A" w:rsidP="00A6398A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t xml:space="preserve">Checklist </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:tab/>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
       <w:t>page</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00A6398A">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00A6398A">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00A6398A">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00A6398A">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3868,172 +3918,192 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00213952">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00A6398A">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="176E4A01" w14:textId="77777777" w:rsidR="0018685D" w:rsidRDefault="0018685D" w:rsidP="00F203CC">
+    <w:p w14:paraId="5BAF3B00" w14:textId="77777777" w:rsidR="00751896" w:rsidRDefault="00751896" w:rsidP="00F203CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="60562C9E" w14:textId="77777777" w:rsidR="0018685D" w:rsidRDefault="0018685D" w:rsidP="00F203CC">
+    <w:p w14:paraId="3A2BEF82" w14:textId="77777777" w:rsidR="00751896" w:rsidRDefault="00751896" w:rsidP="00F203CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="181"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="175"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A6821"/>
     <w:rsid w:val="0004769B"/>
     <w:rsid w:val="000507E6"/>
+    <w:rsid w:val="00164964"/>
     <w:rsid w:val="0018685D"/>
+    <w:rsid w:val="001E4DF0"/>
     <w:rsid w:val="00213952"/>
     <w:rsid w:val="00236BA5"/>
     <w:rsid w:val="00291176"/>
     <w:rsid w:val="002E3590"/>
+    <w:rsid w:val="003259D9"/>
     <w:rsid w:val="003A6821"/>
     <w:rsid w:val="003E27F5"/>
     <w:rsid w:val="004066E6"/>
     <w:rsid w:val="00407D64"/>
     <w:rsid w:val="00476966"/>
+    <w:rsid w:val="00500602"/>
     <w:rsid w:val="00500A83"/>
     <w:rsid w:val="005077BC"/>
     <w:rsid w:val="005F36B2"/>
     <w:rsid w:val="006439F4"/>
+    <w:rsid w:val="00667FDA"/>
     <w:rsid w:val="006A6C70"/>
+    <w:rsid w:val="006A728C"/>
+    <w:rsid w:val="00751896"/>
+    <w:rsid w:val="00777960"/>
+    <w:rsid w:val="007D026F"/>
     <w:rsid w:val="0080263A"/>
     <w:rsid w:val="00826C11"/>
     <w:rsid w:val="008601E2"/>
+    <w:rsid w:val="00903C12"/>
+    <w:rsid w:val="00947562"/>
+    <w:rsid w:val="0096295B"/>
     <w:rsid w:val="00A6398A"/>
+    <w:rsid w:val="00A673A8"/>
+    <w:rsid w:val="00A70112"/>
+    <w:rsid w:val="00A75580"/>
     <w:rsid w:val="00AD0BC3"/>
     <w:rsid w:val="00B54A80"/>
+    <w:rsid w:val="00BD5DCA"/>
     <w:rsid w:val="00BE1798"/>
     <w:rsid w:val="00C64416"/>
     <w:rsid w:val="00C72D65"/>
     <w:rsid w:val="00C77E32"/>
+    <w:rsid w:val="00CB279B"/>
+    <w:rsid w:val="00CF50C9"/>
     <w:rsid w:val="00D27CD3"/>
     <w:rsid w:val="00DA5F2A"/>
     <w:rsid w:val="00DA7A75"/>
+    <w:rsid w:val="00DC49CF"/>
     <w:rsid w:val="00DC6DFC"/>
     <w:rsid w:val="00DD7606"/>
     <w:rsid w:val="00E4224F"/>
     <w:rsid w:val="00E84631"/>
     <w:rsid w:val="00F12AF8"/>
     <w:rsid w:val="00F203CC"/>
     <w:rsid w:val="00F3194C"/>
+    <w:rsid w:val="00F95360"/>
     <w:rsid w:val="00FC1DD4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="49FC0911"/>
   <w15:docId w15:val="{680C78AF-B135-4ECF-B926-5369ED128C02}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4669,51 +4739,51 @@
       <w:noProof w:val="0"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F12AF8"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:noProof/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -4942,76 +5012,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>670</Words>
-  <Characters>3821</Characters>
+  <Words>688</Words>
+  <Characters>3923</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Ohne Titel</vt:lpstr>
       <vt:lpstr>Ohne Titel</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4483</CharactersWithSpaces>
+  <CharactersWithSpaces>4602</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Ohne Titel</dc:title>
   <dc:subject/>
   <dc:creator>Jonas Barth</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>