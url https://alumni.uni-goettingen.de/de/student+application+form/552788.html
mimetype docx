--- v0 (2025-11-24)
+++ v1 (2025-12-19)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="0E51B143" w14:textId="77777777" w:rsidR="0039386D" w:rsidRPr="00265816" w:rsidRDefault="00AE3964" w:rsidP="00265816">
       <w:pPr>
         <w:spacing w:before="92"/>
         <w:ind w:left="3882"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039386D">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08120B16" wp14:editId="37400F7A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>730885</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -408,51 +408,51 @@
                             <a:noFill/>
                             <a:extLst>
                               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                   <a:solidFill>
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </pic:spPr>
                         </pic:pic>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex">
             <w:pict>
               <v:group w14:anchorId="63BCE345" id="Gruppieren 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:57.55pt;margin-top:14.15pt;width:101.05pt;height:32.9pt;z-index:-251656192;mso-position-horizontal-relative:page" coordorigin="1154,-1519" coordsize="2021,658" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAIlmFBWgUAAOoZAAAOAAAAZHJzL2Uyb0RvYy54bWzsWd1u2zYUvh+wdyB0&#10;uSGxJduxLcQpgrQOCnRbsGYPQEuUJVQSNZKOkz39Ph7qx1bVtWvTpehyYYEUDw/P/8cjn7+4L3J2&#10;J5TOZLny/NOxx0QZyTgrtyvvj9v1ycJj2vAy5rksxcp7ENp7cfHjD+f7KhSBTGUeC8XApNThvlp5&#10;qTFVOBrpKBUF16eyEiUWE6kKbjBV21Gs+B7ci3wUjMdno71UcaVkJLTG25du0bsg/kkiIvNbkmhh&#10;WL7yIJuhp6Lnxj5HF+c83CpepVlUi8E/Q4qCZyUObVm95IazncreY1VkkZJaJuY0ksVIJkkWCdIB&#10;2vjjnjbXSu4q0mUb7rdVayaYtmenz2Yb/Xp3o1gWr7zAYyUv4KJrtauqTChRssDaZ19tQ5Bdq+pt&#10;daOckhi+kdE7jeVRf93Ot46Ybfa/yBg8+c5Iss99ogrLApqze3LDQ+sGcW9YhJd+sJhMJjOPRVib&#10;+vPFpPZTlMKZdpvvz6Yew+qJP/OXzolR+qreH4wD320+my3s4oiH7lyStZbNKUaTVsfaFJPOFHAA&#10;m39tKwSTANqSOsGMbM7Dxhi1Geq3rQWGtnQWONz0QeWRcLqLKf1lMfU25ZWgUNU2WGpDwkkuptZK&#10;CJvEjPyxr4ioCSd9GEsHK5ZMI+Q+GkVDxhiyX2sKHkY7ba6FpFjkd2+0cYUgxogiPK4Fv0XRSIoc&#10;NeHnEzZm9iR6uJjbtmQIOEf204jdjtmezfoUyK8jRhPHrU+G2OsYBQ0jSL5tZONpI250X9byYsS4&#10;LbljyrJKapsmt5CqSS9wAJHV7QO0OLhP6/bURyjU0n4VVR5DFd04HSpurGT2CDtk+5U3I2kKeSdu&#10;Jb03vaTHCd1qXh5SuYygzAeVW8PAsqaMbo+zUh54s5TrLM/JnXlphZiMpwuSQ8s8i+2iFUWr7eYq&#10;V+yOAxnWi/XluikVR2SowGVMzFLB41f12PAsd2MSjYqgi1VbSnS4kfED4lZJhzfARwxSqf7y2B5Y&#10;s/L0nzuuhMfy1yUSb+lPpxacaDKdzQNM1OHK5nCFlxFYrTzjweV2eGUcoO0qlW1TnOSTuqW8RNVN&#10;MhvaKHyNVPUEuX9xXmVRiF8NLBi9VwQ+DsDYZXZWFwfixSfxKLh6t6tOgIFwY7bJ8sw8EJ5DcitU&#10;eXeTRRZs7KSrJ4gJV0+wag9lVPsbGrcDIZJFBE6slFcpskJc6grBa+3SvVJK7q1LYX7fxu/omAtN&#10;j6TY5FnVBI8d1/rC9D0sHjCZw/mXMtoVojTu4qJEDtVlqdOs0vB3KIqNiFeeeh1b9MKlyQA44dLS&#10;uPzSKvodalAwaqOEiZAIPEwQ0PV7BGO7QAp0MlvtPq2W+mdnfWhta+kYBd2CcjCfks0aXIXNlaun&#10;zA6gBASlIGxqq83cmsQK3SYpiWkFqz0AOSlA6yvEP4A0pGzuKxakfaoU/buIvZA91l0F0Iwa7lAa&#10;FYX80Fqmtot726H0wJZvD6XnjSVblPYpJR4dpgesMWRAxEpzTTws7E0oHUBhh789mMZJjPxFXurI&#10;/jVMz4KzQUbPMB1WBObuHv4M0xbAn2HatZLo+Y9h2qf25RhhvwOcBhw8GU77i6W7sZ/4k3ndbDTF&#10;FA20FQ1Qheb5yYF62UQDfc5g/sRK9FWBetm10+P600FjGtwg6QLTB+qBLd8eUOOOUydWh9R0EXt0&#10;pB4wx5AFHwGpcRIL7HFfitRL21APMHpG6hqpEfoHDf5zQ41vi67V/h831Ljo96GaMvG7g2pUgaeD&#10;6u5rdTDrQ/V8hvbLQtJk+Z/11PQZHH8ooNM++sficE5dePcXzcXfAAAA//8DAFBLAwQKAAAAAAAA&#10;ACEA8Mg5x6ERAAChEQAAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAA&#10;AE0AAAAqCAYAAAD2+NZSAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAAIdUA&#10;ACHVAQSctJ0AABE2SURBVGhD7VpnbBzndlV+BA8IECAxEihIkCBIgDQECPKAQP/yw8ALoABBokax&#10;LZe9LKsoybKs8mQ1qz9ZsqpNFS87l1VUoSxRtiqtLlHFLCLFLVN2Zna2zRYK4c25H8dwjJe8PCOU&#10;4cS6wIfdnZmd1Ryfc+65Hz3vx1iJVyn6eqWn0xftw2/qP5fPfPn2E+/dnCsj55sGnvVR4+1j1Hz7&#10;OHU/ctPFkT66NnH5SDqdyLEvf1OxmPb2Y/99reu+m3ZcWEdresuoqsNB7/SW0LtY6/pd1HTvEEWT&#10;EbK/8uMsIvrNJ94nbykRaebLyWt08MpO2nx2DdV1l5CzNYtKsEo9OVTd46SVPQW0vr+OHkh3SIlK&#10;bU+8N98Kh8NvEQV+y77dj6Om9Kmf3ffdosPXttF7/bW0oreQVgCgWqzithyq786notZMKmrLoFW9&#10;TlrFwJ1ZSU13j9Ed302Swj6KpiKXokS/Z9/yf1fRhDQUir8Y4ldeqXR8yD71g6jEdPrsA9/Q848+&#10;30rbztcDsCKqYFb1zq4VXU6q7sqjgtbllNeyXABZ6ckFcMWQrIt2Xd4CzztIn8HrpsyJx2bSaLRv&#10;/esXqP6nkbjkDMVGKBh5RFLoBknBFpKMq6QE+ylo3ibTekHRhEzxhEYzM9Yf2l/93utx4M6uY9f3&#10;0PaLq6i200k1PfnitaiNAcqkMsiy0AarqH052OeggvYMKu3IpBoAWtGRi/dZVN6eQ+/0l9OWc2vp&#10;wrMWemmMr7Z/4n+uWFL5WdTyx/ToMCnmTfLrl7B6SVWOkho8TYHQ5wCwm9TQIAXDX5IefUoRy/cC&#10;axPA/g37Nt9LTRpjm1ofnLzxXv8KqvXkU2WnQ4BW0ZlFrs5sgJUFSWK1AziA6OrKEszLa15K+QBy&#10;BWTq8jio2pMnvlfTm09r+ipo9+B6ujx25qJhaZvsn/rvK5mOj4ZiYyHJuEiS3k+BYDMZ8i/Ir3mw&#10;OklT9uL1DPmNzwDiQdIDJ3DdZTDxMhj5mELWxGjUCuy2b/day0wYfWefoDt+9g7VwZ8qwJQqsMjJ&#10;7OqaBYzNPwcA5bQspaq2bCruWEbFnmVU5smkclwnWIlV3pEDUB0CwFJcV9WRR8ev76Sn6sNf3V1j&#10;MeNvzfgkqeG7YNZ5krUuAPMxGdI+gNdBPoCoKodJUk9QQG2kIMAMygcpgGsDWjcFjAHSzWtkQtJh&#10;S65Op+N/b996zkuNq39w++XV0T2XNoAZpfCmQnIBtOpO9i1IrSdXrCKwKf/TZeRsXgYAl+FchpBp&#10;TVcO1QCgYjSGCnhbZXe2kG41jtW051I1msbmC6up+2ErpWZSf2n/7LcrmUy+bcZfan5jEJ7VDiDO&#10;kaKcAEiHyAdAFOUU+QCcX79AmrSXzMAWkrQOnD+Cc4dw/CwYCMnyZ+0sGfBBK2Uo9u3ntJ7PaL89&#10;LD++duCLD8AS5C9IrLrXQfUstc4cquvNA8syKQ+AMUhlHcupFJ/zm5dQfkeG6J4sU2ZYaWcmFUO6&#10;3BhywcYSTzZYi/sBvDo0j7V9taRZ2i9PD1JU+n0jOmJJwr/OkC4dopC0h8IBlmU/+UNXyRvsopB/&#10;N4DzkKIeI0nZDzB78LmNIr73SQYjZcg3oJ7CPc6BeT2kqZ3/nn6VfN/+mTmr3sfN89vufSJMu767&#10;gCrBsBowowrd0QVZsuRcPTlUiVXT7RRdtBjsc7Yto3KAUg7Q8gXrMkXs4EbA0i6BXMtxXXVvrogn&#10;NfC5dX2FdNt345dBCye8WYo5BNl9CoAuQ4qNkOQegPMJgOklnwHPwrGgvIdU+Qj51BbyAzgF7wPK&#10;cTLh/2H/FpIBqA9S9cHv+F46Gkc0qcy5v+2/tHb+3sGNVNtVQLVI+TXolHlgFLOsBvIsZz8DQNVd&#10;DoCTITplfttSym5aCnCyAdLyWZ9ryoAsHYgeWfA6yBTHi7mLdmSLhsJsWwHgBkdBmEQkz/75efNS&#10;04k1WmQYYF0hXf4I4DTj4d2QXjeY0wO5HadQYB8+d4FFTRSUdpAsw/zBqIhvM6S6X7BLUj4kVToK&#10;hnlIht/JKros5ByVm+YctKfKM8/qvkp0SyfVgyl1YFgxpFgIcEpg8IVgDMeJCrwXsQOydLRkUM6n&#10;S9AA0EkBjgOgOZvgda2QJLysBNdzV3V159IKsLecmwHnOLw/cu0Dzm437J8XoXVACg2JbujHw4cD&#10;H6BDniQvOiQDp8s7Ke5dBxm2C99itgUlMAwA8nFefhXnALamnhQABpVjABsNwrhCkfAQoSH8nf1z&#10;c1JDkzdoPWLBaph/BZJ+GZhRBRmWtgGklizKcy8GELPGXtmTjW66FOa/FOxDNoNUObsVQ56FWJnN&#10;iymrcSnlgoV5+FwNhglpcvyw157L6xm0b7po0Hw4oMCPOFKwRymQlMSGz5JUGiC77QAEoIA5DIyk&#10;fowmsBPS3IXznwg/06Stwut06QBYuYU0eTfY2o7VSkr40ZwzrftRE605UyYMvwyMKOfkD0lWgS1F&#10;+MxGzpJ0gFEMTBHes3858d4BZpV2ojmAhQWQbBGOMdu44zrQJCqQ7WrRVLgxuHDfUhzfeL6Gbkxe&#10;ngUt+Sr5tmre10xpNxi1X3Q/H0KrLrPRw5MCe/F6VDSCADzMwGc/PE6XwCI0goDajGu2U8y7AZIF&#10;u+SPBfMYTBmsM2WAaL2Yc9A6H34ClhUg2cPw4VulLC+wrK4bZg7gyrG4a2aeXoKOuASsyhCNILc5&#10;Q3RIl4eDLcCE7zGAxQxw4xLIG7GEgfYsB4OzsHLFf5S1fWXUcqdhFjTDmiw3g4gS8KsgspeEtC8Z&#10;5xBmd1EUQHwdN9jvfGormf5tQn5eRAq/6gbzPPh8UnRaBksD0wLMSNFFT5OpHEX3TM9p97SmEwMH&#10;Pt+CB599oBWQUjF8ywEw2Lc4dzFgLL/sU0spq2EWIJamAK1pMcABw/CZmVcJHyvH98sB1EoE4zow&#10;Le80GIfc5kKT4VjCW0nHru+YBQ0DOEXBGp+ICN2Q3V541odYx4R3MfP88C4Z/sRyk2SOIjvQHS+I&#10;CBJB19TAUm4GegANAhnNj4DrRwhW1A6MV8/nPKdJpjKwsX81jB6BFP5TCkbUdOUK+bE3ORBcF52C&#10;8cP8SwFKrnuRAJPP87EyTwa66/JZD8PnLLDNhZGLOyY3AMFaXJuPVYspoRbdc+NZF3kenKJ56XRy&#10;iAdxBRJjYDi48rgUfbmVtACkp/fAv5oEi6K+jZDjCfIrTfC845BhAzxtH8Vw3ASIktoAJp6AbPE9&#10;DPU6vC8cHSEzPvZT+1nnrMbkpwMre1wiDlQi1XM2K0HUcAIEBsXRtEQwzQlZFuJ9BYDjuMFMK+vE&#10;dACWLT69mArAOmYgy5UbQH03JgkAxtMB+5iTv9uZK/bd9n2+jSaMMZoXSQQwLw6BZWfBlF1gSQMe&#10;/oTIWyrYFkA3Zc8KwfSDMPYQAi/nL6/WB1btwvGtAPCYeNWlD0SgDSKyhDAtaLhOj0/9k/2cc1bx&#10;dNwx7HtEPJzXI5u9y4aP7lnUnike3sFdsBFSRLRY8ikzbLZDlmHeLAFoFVi8NfQvDYswVsHrMFrl&#10;4jUbXsb7bIVgpAv3qkYo5shSjY68Eh361uSAFU1Zi+YZsa8wLvUBrJMU922AX6Ebgm2yehQgIK8h&#10;a4UhOQ0Azg7qkCxYFkBX1QO7wbJNAjQdcykzjkFX0C1D5nUKx72Pksnwn9vPOmeFedNxc+KqAG1V&#10;bwFYlkMFiA8MTjYbPh6aM1chWOSA7BwALLtpERiWiUiC7ojz7GP5bnRMXJ/duJiciCfZDDTPqDhe&#10;gRzHPlYL5tV6Cmn7xbWkRqTZiUDjHQk8sA4WSYobDHsfTNkLr2rHK7oeZMmS9HL8CH0BCTeL84Eg&#10;pgZMCiHpF2DiCXFt3LuewlP7yABgkYj/L2ZmZuaLH5njmtBeOs486phlGmQjdjHQNQvBFmZaBW/7&#10;QLbC5NvgafAqPl4AJjnBpEWnFlERrq1qzaYcgJaJplAFwy8FyIXwRpZ6OQCuAYPreouo8W4Djevj&#10;ZFnWH4l/AIOm+4+DTbtExlI4c/m3AoztAAKRAwApmCtVAGdCvgGeEsC0KBjmB6O440a8kCZPC+iU&#10;YctLkbj0zajxGsqn+RzXRgcxAZQL38lvnjXtcrCLpcRDOj90Ho6zv1WAbVU4l4UAm4v0z93TiUmg&#10;CJ6XAZYtP7lUdF5uJqUYqWrb4ZOYQbeeW0sd907SuPr825uQRmwED9uKGRODNwzfH2wSYxGDoqGj&#10;cpiVEXgVvEbBQg61fluyKiQtAczo1FbIei+pSP4xK1iTotRf2bd/LcXyvP3yFrpcueicRQCnFB5U&#10;CUZx58tzz2YuBoLNnRuFC0zkbSFnE+THrGN5ArgCHCtrBvCQNzOssj1X7KXVdxfThWc9NB4cCZhx&#10;89uNLGRNiLHID/kxWAwO75FxwjfAPt4a4gnACHwIpu0EuACS8xqA1APbEE92CNPXQ4OIFiN/bd/2&#10;tVYinXAoMYm2nH1X7EDwvr+IB4gZ9chYbOzMNM5bnMcWnZyVXz6kyDJ2QbY8wDsANu+flQFw7qo8&#10;DTBw28+9RxeHz9BEcOIfTXPyd+yf/aYYNBVZS1ZbIMvNMPRDInoEMVLxe95Y1OBX/NnPMUI+LAZw&#10;X7AT8j2Ezx+RqvVT3Bj5KhwO/65929deqqVtbf3yBK3rcyFOYM6ErPIAlgszpgu5qqwduQ1mXgLT&#10;50bAXbEM4xEDWgYvc3LUQDzhrfAKsaPBPuik9f31dGG4K/VceXYunEz+mf1z365IwgdQGsTDM8u4&#10;Y7L8eCuIQdHkI6Qr6KI8WukXIMmjonEEeTbFdRpMP2ap3mhU/xv7lt9bjWvjtKF/JYIqs2s5FcOv&#10;xFgkchaDkYuEnyu2uvOQt4rRCIrBtCUYq1i61QCMM1ltTx79HGCduHGAHvjukJkyl9g/8V9XPKED&#10;nNMAgjcTeYxqAOO2CbkGlcMiRgTgc37jEmR7Cox0i2AbQqjl2BGxpF+9d/4a6+Nb++d/NLgTA7pT&#10;bChWItyyh+Ugp5ViXuQmUYX8tqIrnyoYSJxnGZcAsFqc58XXvNdbS/3DHXTfd5fgl79ergwnvBiq&#10;u+BtZ8T+f8S/HcxD0EV3DABIGcc1+SB8bqfIYApnNP1iMmL5GxOJ0J/Yt/neS4kp8ye0STp96zi9&#10;01uBTJVPJZBpIcCo4r8RtCBGYCyqQdaqw/xYLf7mWUqbL66ifVe2ipHosf8BSaZ0M/Uq9d3+vhm3&#10;Qnv0yHMwBzlMaxc7sQaYxFvYgdANMY8G5eNk+BFseRJAII4mgq9l3/+71OjM6E8S04lPHvru0ZEv&#10;dtPPz6+CkTPrckRk4AZR2zX7N4MN52tp22er6MCVLXRl7CxxOPaaU4hHkX+2Zuz89V0rPZ3wRCyf&#10;qRmDJIFZquqBwZ8jLfwAXfHZNLzPiCc0I51OHLG/8oMqNWYY97x3kq23G+jw1Z20e+B92jWwSayG&#10;6wdo4FkvPZOGk1Y6YdhfmZtSYi/mhy0fAir+C1h+sEmiqBVoiFlapX3JD7pCVvRfpbBqfSWN0Yvg&#10;GA17h2k4MExTZoCiScuCBP/NvnTuiv9vm4glLwDjsHSx+Jh9+v9EmfH4T32yvkCOyAt8sm/BhO5b&#10;oFuRBel0es53Wt7Um3pTb+pNvak39YOq0dHRn0RS8YW8gpHIQsmILBwPGgsnJUO8+vD69eJrjDiu&#10;5YX38VRqIfLVwunp6X+wb/f/o2ZmZv44OZ10p15Nu+OppNtMxt3jQdM9EjDcT8Z195OxoOf5uE68&#10;bt3309BdL1297aXL1ybo0nWsL8Zp8PokXb/to4dPFXrwVMZS6NFzlUZe6DQ6YdCUHJamTEPcl9eU&#10;Gnb7g2G3Gg67g/GoG+FV/PbsSqyx/2mvoebN+w9fYID/kIkLcwAAAABJRU5ErkJgglBLAwQKAAAA&#10;AAAAACEAqz69n64TAACuEwAAFAAAAGRycy9tZWRpYS9pbWFnZTIucG5niVBORw0KGgoAAAANSUhE&#10;UgAAAMQAAAAbCAYAAAAjziCRAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAA&#10;IdUAACHVAQSctJ0AABNDSURBVHhe7VtpTBxpep5EkZJR8mv/REoyuz9WljZSpP2VZEfaZHdnxh6D&#10;uaGbozmao+nmxmB8YsDGF+NzxgeG5r7bgDH4BNtgMDRg8MHlA2NsAwaMOd1dDdgjP3m+6mbGo2ST&#10;7M7szKzVr/Spiuqq7/uq6nne53mrivf+2HjzZv4ny68W8eqV9K+2Tfawx7sby8umf7GYJiDdqofU&#10;eRZSRy2krvOwdJ+H1JiHxdPbYdHHQqraA0tvMyz3OrfZDrWHPd69WHw51WHpOgUpPwmSfv3XLW8D&#10;pMwISIeDYN6vgnRUA0vVblgaC4dMve1/bzvcHvZ4N2LB9DjB0nyc2T8K5vR1MKV9wvYxTKmrYdrh&#10;ym1OXzXTThfreoYPpIMBkJrLsfjkbrOtK3vY4887JiYm/lbqb7gg5URDylBYyZBKMpAQ5rQ1X5Nh&#10;hyObA8w7P+Xf62De48HmBXPRNkjttXZC2OPdCKn9zJCUGwfzLmeS4CO239nUgcTY/lsu11hJIgiy&#10;k+ohtnObrBZpJMguF0iGPRbLzIzS1qU97PGjjaWlpX+Wli0PRp/PP3g4NZtn22wN0+TAJUvlZiqD&#10;ktaI9iiVhBAkSBFEIPBTBAnWslEddjpYiZLG/dKoEiSHrBx7FKwzEiAND+wF8Je2ru1hjx9VPH36&#10;4h+ud4z+6mrLw4Abt0dwof4hmluHsTBnSpN3kKTpf5Nq946Yd7vLgLeqAgmR/GuYtv0HifEbLgU5&#10;VhSDy5T/5Hbxt1ANUV/wuFSqxAEVFnuagMeP/0bu3B72+JHEq1ev4nofTp9oMT5pLyi4gV07G5AU&#10;U42EiEpkHb6K58OTkHdcMI37m6v3EuQ2+7OiEMkkwzaSQdgnoRKyKoi6gfuI7duFirxlm8SS9YTl&#10;cj4J0WQnhD1+NGFZtvg/n3355eXmx8jNuYEtsTWI1xgQHVKKhLAynDzShKnxWSshFtv0kA55kxAE&#10;uFw72MiwnSogiupkgj9VNEEAbheKsIXqIdcV/J0KYt5hIwrtk3T2ONBkJ4Q9fthYXl5WTM2aWm8P&#10;TCAvvxupW88hIrQEUSFl0KqLEB1cho1hBdgXU4z+W4/rbYfRMuXGUhXWEvg2AghCpAgFsP0t6ghh&#10;kVJIBGGTCH7ZNgnFEH+nfGKtLQQhdlEhGvLsCmGPHzwWLBJaO5/iyJE2JMVWIzK0DLrAQkQHlSKG&#10;6pCgKcfhbTVoO90O2ql/tx5kHnlj3k91SCbohSqkChKIzC9IwJYmwM4iOsVmn4SKCKUgCWTSsNiW&#10;9yEZzOnOMJ+IxMuGfI3cuT3s8T3FyMjI+/Pz8z8ZnZj76PGTGZw53Yt9GQ3YGF9NJSiHRl2GCBIg&#10;0r8YESElSCRBDu6o/7Kj61m0rQtrLD5tfmPe7cKsz+JYEEIUzrINEsvfkQxUAwF6UVyLwloU2EJB&#10;Vn6Xa4p1VoXYr4K59uiYNDr4K1v39rDHnzRMyxbF+Nzc+jt9E+dv9YyhuKALB/ZeRUIkiUBrFBVY&#10;ggh1CYlQhFjWC9via3AotQ5XzvbikqFjg62br0MmhLA6ghBCFeQaggRYqRvEuwgBflEviG1cmoW9&#10;EvaJhbZ4QbdSaFuyoyH1tdhfzNnje4tHj6avdfeMo6jwJvZnNCNGyxpBWCN1BcKpBpH++SRGOaJp&#10;kZK0pSgq6saNa/fwfHzOy9bFN+MrQqRSCeQXcSL70zYJUgjLJKyUeJokE2aldhAWaZ1cS1jJ5Ajp&#10;8xBI10/dNc28/OYLDnvY4zsISZL+8bl59pd9w89/OTI+29B9bxxXrw3hRKYR2zfWISmmBnGaSkQF&#10;VyDMvxDhtEjhygLEkBAbY6px9EAjqgvbhqanX95ZWlqKt3X738NqmdzkbC+DXxBCgF7UCUIxVghh&#10;e+QqF9/ibbUorNPWyoSQjgTD1FCI2YGbP7N1aw97fGfxclE6ODq9cLt38DmuXH+MI180I3nzBayP&#10;OY0odSmLZQO0JEBYAJUhpAJaVQEVophFswG7NpxBXbERzyfmbjzqf/ZTW5e/P6wK4UyAi/cJAvRv&#10;NfnTjLf+3sFaQ7ZUH1nrhj1ukA4FwdyQC9Od5t32t9P2+K5i1mL5mWnJMn3/8fT0NeMIyqvv4MBn&#10;zdix7TxitRWIEcD3K4HGu5B26BTCfIsRylohjiSIUhdik6YI+5LPoelCP8yS9CWx+Xe2rv/3kAkh&#10;Ps6TH5uKr1uFOrDJxTXBL2oFoQji6VIyi2j5oz6SQXzdWrQZi4O3rC8z7GGPbxkLZvO6waczx272&#10;TyJb34ndaQ1IZHEcG1WNuHBhh8oQ4peDEHU5dH6F0NIaRXI9goTQUhGiw8rw+b4GVBcY8aB3BKbF&#10;ReunGH9ImGcfvbF+vyRskE0RZPD/WiaAIIT1+yU28ZVrhiekTC0sxlqT6WK20jI1Zv+Qzx5/cNDH&#10;/2JhUTL0P5o21Dc9MhSV9hhqavqQldmGfen12BB7BhFhpwjyCtqfcmgCSxFCKxRKixQcVIoo0TTl&#10;SNQZsDm6HHn7L6HO0AVD7nVl57X7ynmT6Y/D5dKyRZIOqUmGlW+YSIoVi7RijVgnmPd5QfpCA8uZ&#10;A7D0tfzZqMKbN2/eX2niWbVxpRmtzWB4uxnfP3jwf2jrDdbG9fVvrb/dxLGGlSX7+qp/2/IbzTYH&#10;MZ+328o8Ke9/ZZv+OxU8r79Yfr2827Qo4dnsPNq6xnAiqxMZ6VeQlHAWG+JqkBBWijhm/uCgYrkm&#10;iGaRHOKfgzAqQoBXPqKDyuQXbInaKmyKq0Tu4cuoy2nE08Hx1y9fvPyFbahvF5baw5BOaGXQm3aJ&#10;t80kh/iydY87TMc0MOdvgnQxG+ZLWVmmvvZM84I503boDxavX7/+hMWWbnJyXjc0OaO7YxzUdbYO&#10;6pqbBnUNTY91Z+oGdGWGO7rbPaO41fsMNzqHcbH+Hs6cvYszZ3pQXtKF4txOnMzswNEvWnH48HUc&#10;yGjErl2XsXvnFaRtPYed9KvJSeeYraqxIdKArRvPYnNcFTZEVyEt7QLSUi4iNbkOu3Y0YH/GVezb&#10;XY/DBxpx/IQROVntyMvvwkl9F3Jy2lGsv46ystuoquyRx5fnUTeAs6d7cOXKPbS0PED3nVH09D1D&#10;R8dw+ZnTvfK5iNbZNaa7NzCpezH/UifO+dWrVz/6/2NfXFz8ucS5Ph2f193k3M9fGdLVXbif0trx&#10;CBWnelBY2I3PMpqwJc6AeN0p1gWViKTl0QYUURFKEBRYguDQCkSEnkKofzE0/iVcL0csrdPWuGoU&#10;HLtGNWi92361P7O/ezhz9sVLV9vQ3z4WJx6nWW7Wwyyyf1kSLDmxXD8IS4tB/AccLNdKP7SMPf5Q&#10;MNx2yPceS8tLxqk5k3Hg0Qtjd/+Esan1yfTFyw9QWd2H4qJuHNl5iaBsxP59jUgnQNO2nEfKhhps&#10;ZNbZkFAnf8ylpcwG+RVA61MkP4kIDihlcWawPpnwy4e3exb8FXnQ8IaofXN4c4q5zIOX60moFPnQ&#10;aCoQzuwkspfaJw+BnjkI8i2ChscH+hQiRJErZzJvz2z4eeqhDWPflH1fLz1ClbmICimVn4lHqoso&#10;96cQxWwovqkJ5ziJ2nJsXF+LzSTd9s11SEs6g9076pGx5yq+ONiEvMxWVFb2otn4FNfanowau54Z&#10;792fMvYPvTCOTMwbnz6fN74wmY2mJanFdsm+t3j15SuteUkyjnAOfZxTe/e4saFp+EHt+XsoNfTg&#10;+NFWfLavCdsTqQC6SsSy8F1PAkTw2keF0/+HlMjvDIK8CxAZXM5aoRxhQeUIpxqI9cjQIiRGlGJP&#10;ygXkHrqKjqYH6O18+GFf3/Of26bw3YflbmuudOPcoNRSMSgZawalm/WDixNjg6bJye/1/6QXlpZW&#10;jS4srLrWPrqq4drQqidjM0eeTc6i994EgfAUhuoB6PNv4tjxTmxKPMuC6zRbDeIIVHFxI8N4oYXM&#10;qkpYgJUQjHnQBpYRqKXw9ciDh2O2DHofj0z+lotQgjaAv7m7nISL10n4KvMR7FsMX5LGg9nKYV0W&#10;FDzOl3Kt8iQJCPhA9qtwyYTC+Rj86W/V/qUkTTZUzicQoMyDw5pMeLlnIzSwHCFsXiSawjUL3rQC&#10;YUGcE4nkx758SJog33wEKvTw9y2AhvOOIGm1qkKEBxYhUkP7EF2NBIInIaoK27deQDrV69BRI3IL&#10;b6GyZgC15+/j8tVhXGl6hNbOEbTfGsOjZ1NyG5+aw/PpBczMmXC2YUi+nu28rgNDU6sGRqdWDU0t&#10;fNVG31ofmuLv3Kf91ug3mrgn19iH6GdkfG73i5mXGOW96RmcQMftMVxuGkbtufvIK7qFQ4euIz31&#10;MjbTCsVFn0YM75N4PxDK6xoZXsHEUCG/M4hkxtcFlCDMO5dJhcmK23RssTqxTzE2R1Zg75az+CL9&#10;Ai5WGIc6G/sHTSZp0AaXdzcWXy+nj84tpN8beoG2myMwVPXTanRiH2V1a1INkuIJ+ojTBE05syqz&#10;MZf+BKnSQ09AU17VZfBhlvZh5vZkUxD0Aqj+vAFK11x53cVdj7Uu2QjieoBvCRwEqJWF8OS+Si59&#10;SQQfZQE8PLLh410EJxLmE8dMBFKug5mxXAl6T2WOTBZ3Vz0UXjkIYF9K3mgV56LwKoA3lcDZhfso&#10;i+DtkQtfju3JeQmFUbplIYhEVamK4fjpCRKN5OSYLi5ZHJd98TdvzkPFcYP9iuVzU3NsHa1DGFVG&#10;pciRFSeKYAqhosVpT8nkjyLJogmcxPU1SKQibtt0Dpuojqkp57F3bxMOHG6hNWxFHi1iWVkPztcP&#10;oqHpIZq7RtB8g4rT+QTXO56gsW1Y3kbA4/ylezhddx/VJF1FeQ/K2EpKbqOkoBN6/Q18cdyIXbsb&#10;aR0bsInKJsaNiaiSH4mGB+SxIDaQ0KcQ6J2PUJI8nBZIyWuk5vUVyhnBYlm0aC33C6Zyhhvkp0nx&#10;cpFcic/3XUZxVguar9zFk6EJTI/PnGV99dc2uLx7QWlvpcyPdPSMj+TqO0Y+P9CEdEpiQnwtIukp&#10;dczOIV7ZUAcwq6pLaUP08OPF9fcphsPq43BhC+C6mmB0ccqBD62LMwHnxGysIphcCUSFD0HoWcAs&#10;r4ejsx7eBLk3f1uzOhOr152Et1ch1rnmwJ0gVlNF/AlGd7c89pMLRy4dHJjZuc3VJRcu3KbgzXRx&#10;OYHVbifhxWN9SAzRlyNJJsCvJmmcCFwfAl6M9bHjCaylwgiiKb2LZVK5cF8HHu/mnMk5F8KfgBdk&#10;UnpyDAUtG+cv9tOqK+DF8Ry4v5Iq4sVzd3bRy315iv0djsPdPRcqZtUARQECOaYPLYc3iaINLEUY&#10;m8L9pHzNQtT04N6FtIq0JKEGRNOL60LKEBtRjaSYSsTHkEyxpxFHMMYzY8dHUnWpuGG0lNG608zi&#10;VQgKo4Wh3YkkIdW81oH+RQjmGDI5SeRAztWHKhfAcUTxK5KGyPRC6UKZDEJpM4UdiqSKR4QVI0JT&#10;jHiqXnJ8FVLXV8qWsMpwG73G+xgbn0Fe3o0Pmi/1ffBwbOYDi8Xywf/7PcKfS0xL0j+9MJk+Grj/&#10;wn9sUjxhGEXthfvIZtG5aQOtj8h2zBzh9JUBzKj+ItvTdqhoQcLoJVW80I6OVoC6Ox2Ds0MmrU8B&#10;ggLK5EzrRVvj7pEPFxJBgMaLN2ENFcCLmdpDUYjfKGlZCFIlmyCIu7vI4lZCeDKjhzDTiyzuTRIq&#10;mJkdmLW9PLgP+3dj327sy4832oOgXE1yCQURZPv4Y4Ke4PZjX2r/MngSpEoqhSCkMxXJiXNTMju6&#10;k0AqEtiLfX9Ka6UiiPypUq7utE4Ej4LAdVyXI48ltgezL6FaH9GWObE28RHnzzl7co5OJIkv+3Jy&#10;5vUhyAWRlZ48d1qxtU5UG/YZpCqFmvMQqikUTkXAKlkLBRPAAtAq7xz5KY6a9ixCRRvDax/M+kpN&#10;AOtYyIaRYBraw/AQrtP2BXjnIZiADuG9COB4oUwsGp6XuE8a+v9gqrSahBDkCOM9FLZTG0x143jh&#10;gRwjtER+GJGccAbJiZVI21iJAzvPQX+gHmX6NrRd7Ovt63x4dXRw8vd/VvEuBJUgbmRirqC57WlH&#10;Q+NDZB5pQUZ6A7aw0FUH5MtgCGITN9+JALdm6jyCLxdaXmhPZl53gkvc2N+uO8pG28Kb78mbrSDg&#10;fAhKJYGymtnciduVCqoAs7EzwezgeBJrnE4yw5ZgLf92YtZ3ciZQnZj9HfUyaEVmFZlf2CM3Ek4m&#10;lLIYHuzXj325sc/VtE0ursfhT5B5i/1JhrXOBK9TNpWG6kCwiozoRkXwoSqtJWHcnDJpvVgfEEwO&#10;bnqscSM5+Zs37ZwzSRjIvjxogZxpvcTf7mxernlQkZgC9B7CnrFPBxLkY87LibWQOO91BLW7GxWR&#10;cxCqJVTEk3N15fm5cimOdRPj0wYKa+jJ/RVUTj/u70nCuLF28SOZ5L6YcHyoTOIeqKlIKhLFR9RQ&#10;wtYJy8lrLgCuZp0UwON9mCyChd/nOWm4LSSA14jji2soPqZTkyRRmgrEacrlJ0epsQZkpF5EZmYb&#10;DCWdaKi7g+4bw6jKvZ5o0DcHNV7oCeoxDgUNPxgPmn02+39/VvEnj/fe+y9gn1iXGFxn4gAAAABJ&#10;RU5ErkJgglBLAwQKAAAAAAAAACEAxxEpZek0AADpNAAAFAAAAGRycy9tZWRpYS9pbWFnZTMucG5n&#10;iVBORw0KGgoAAAANSUhEUgAAAQwAAAA8CAYAAACTgYSKAAAAAXNSR0IArs4c6QAAAARnQU1BAACx&#10;jwv8YQUAAAAJcEhZcwAAIdUAACHVAQSctJ0AADR+SURBVHhe7X1XcF1Xlp1sf3imXHbZXTPjVHaV&#10;q6vsD0/ZM9VBiQl4wMPLOSI85ESAOZOSqJxFCjnnTBAMYBDFHEBSEMUMRjCDBANAEiQy1cPltQ/e&#10;dPnDnpqe6ekWpburXuHh3Xzv2Wuvdc4++770T2njz8azJ7+fxPDE2G8/g6NPcffRE/TdH8KVB49x&#10;k3977z/GhVsP1f9X+ZFlAyNP8WR8FP1c92+3HX82gfCuNdNMsxfVnuLpn42MjSU8GhkZG3gygr57&#10;Qzh+8R66z/Sj69htbNtyDtu2ncfmrRexvvMcWhq/Q2Ptt6irPYaqKv5tOInCL/ejpKQLDTXfoqHx&#10;OJqaT2Jj5wV0bDqHjtZvsXnTaew7dB3dJ27j2u1B9A88weCTUfB4zffvP0n4/vvvI8Ono5lmmv3Q&#10;7O7w8F/cfvBk57cn7+7cvPVC99aNp1Fbuh+FhYexZu1BvLdqK1Yt34S33voaq1dtxxtLOvHmoo1Y&#10;ltuKJXPWYcWSLVic0YRF8zZh2ZyNyEyoQVZCHZYt6sSi+RuwKGcd3li4GSvnbcSCnEasXLwRq1ds&#10;xZvLNuPj93ai4LPdKFyzi6DzLdoajmNz87eD69ef3nlwX+/OrsPXd/b03N05MPB05+PBkeTwKWum&#10;mWZ/KAPwb8fGxv7LwNAwDnXfwradV/DZh7vx9vJOLMhowcLZHViUtR6z01qQm7YOOcktSA1UEQQa&#10;kJ3ejuzUdiS7K5ERX4+sUDNyk1uRFGpBVlIrMhMbkBKoQQY/KZ5aZKS0ITeD6werkewqQza/56a1&#10;IzO+ASF7MWYnNyHkKEE2/5+bsR4L+ZkbX4f5qY1Ylbse7775FdZ+2YWKksPY1HoMO/deRc+VQfQ9&#10;HMLY5ATGnk18zev5k/ClaaaZZv9YGx4e/vcTzyaWXbn/eNnh7r5l3d/dPrVn/2Ws33QGaz7di3dX&#10;78Ci7HYsmtOBnKQ6pIWaMI+gkU6nT3CXIyd7A1lDAxJ9NcgmQCQG6xFyVSA51MB1GxRwpCcSVGIb&#10;EW8tQ1ocf0tqgd9TjSR/A2ZntiMpWItUbp+Rug4Z3Eeyv477rlTbx3rKkZncrMAnLbYeGXG1SI+t&#10;Rqq/EvNnr8eiuRsxJ6MZqxd24OMP96CivBuNjSfw1dcXceDQBezde6Vh5/5ry46fvLPsWt/DZU/H&#10;RpaNPRubFr58zTTT7Hexp6MTV3p6B7Hr4HUU5R3Eh+/vxZJFW7FgdivmhsgSEusxO6ERc5OayQia&#10;yRAqkZvSghxZFl9NZw6zBG8t0vxVSCQQZImDk20kxTbAYy9BTkornbwWSY4qZHLd2fx4/NUIuMks&#10;yDqSuV4a/4ZimxDrrUJcsA6pqS0EjyakJLaSnUyxGIe3DFlkIFmpbYqlJAcFfFphtVUQTGqRS2Cb&#10;w2VzUxqwJKuVMmgd3l+9DXlrutBcd4ws5DucOnsPF87efnCj/3HPyMRoQ/g2aKaZZv8/GxoZ0d8a&#10;GELHlot4Z/kWLMlsxYK5m7AgZx3SyQDmEBCy0uioqXS8eRswnxE8I1jG5esxL7MRC0PlWLVsC5Yt&#10;6cTSeS1YOr8dKyhZls5rw9LcdryzcitWLtqMJdktWJTbgiVz2jE/lw48vxNzKSUyUuowJ7ONMobM&#10;Ir4KOemUOAQYAZdYXzVShE1QyqRRysxOa4PHWY54Mo54H9kFASKVIJWV1AaHuQR2UzESM9qQzP/j&#10;ndWURGQp8Y1wWUu4TiNyeB3ZZDjpic3IDDViXloTlhIQVy7dhjXvbEVT5RHs2nkRPWf60X/vMYZG&#10;R38hkix8qzTT7Kdto8/Gs0+du4umxuP45L3dWEYHzwrVYGFWGxbldCCXTrY4tQoL0xvw3urtKMw/&#10;hPz3GaXf7EBjTTeaGr5BS8lObG47ge1fXcD2TSewqeUotlHCbGn5lr9/h84t57Fl4ym01hxGY+0R&#10;NFUfYYT/BjV1x1G4dj8+f28bPvxwN95ctIHHbcaS2eswP3MdkuMqCRYNyCQjSSFwKXBIaIbbUYpQ&#10;fBNS09sUKwn465FLYHA4q+ChzEkkEwnJepZSsp9WSqdmBG1lSI5vQCpZiN9dhTR+T4+vo9wpRzZZ&#10;ytzsDmQn12P53HX44osDKCs+jA2tJ3Cypx8Xzt859fDpyJeUaivDt00zzX56duHag4ctzSefrV71&#10;FZbktCMntRkLcjdi2dwOLE0rx+fL16OZDn7w8A2cO9WHh4NP0NZ25GdtFTt+1vbFjp8dOdLDz62f&#10;HdnR87Mefu/puTX1+dvvXPbb3/iR9dQ26u+tn42Oj+PJyCgePXmKKzcGcfb0HZzouYc9jPCdG8+i&#10;pOxbfLHmEJYu3oqFcwgm2evgJ7tIoxyZnbke2ZntiPPUqI/bVkIwaVF9JhZKHQvZhcdSAT8/yYF6&#10;SpkW+AkWXls5XBH5SAjWIIcsI57rGzxlCHIdq7uCDKUQGWQoOVkdyKGUWpbdivcWrkd1ZTc2dp77&#10;zbETtx9evHj/YfgWaqbZT8faWk/jXUqHlXPbsZjSQOTDJx/sQWXJEdSV78fxo5fvn7l0Z8vw+NiW&#10;4YnRueHN/kls/NnklrFn41sejg1v6bs/tOXStYd95y4PYG/XDWzuPI+y0m58/Ol+MiCe55yNyCUD&#10;EYeWPo+AqwKJDgJDXDNSk5pgI7OwWouREKiB3VIGN8EjI7UNJnsFLMZigkYZ/N46pJF9JPgboDeU&#10;QEc54/PUwmKtRNBTjXSun0DmkhJXQxnUiKULOvHx6q9Q/eUutNcewoWTN3Hr1kDexMSEJXwJL7xN&#10;Tk7+1cT3E5ZTZ+9aCIon9uzvRWPDMbz7zi5e/2ZkJNTA5ikhKNdQKtbAbCpXIByX0ASTsZT3mTIx&#10;rhE2bxXcZHFObw1MlnLF/GJjG2B3VMLlqUcq17FbK2AiG/Tz/gd8DZgZlQePuwYBrhcZVQw9lzn8&#10;dXDzOZltVfAHauHgs7S7qhCKa4KT61q5j4RgI4NFBQxcFhdoYABoRCTPy85nbbYzcJjy4OK5xFKW&#10;eslGbY5qxHC5wVrO9sFz57nozWXQWUrgZDuR5R5fHeKlvy1Qh6iYIkRz3362DRndc7hqYODxfN5q&#10;GBmMjPZyxMU2IpUBycb/HZS+BifP3cb74WMQYvCaxu2NPFc//4+xlylGHExsQgzvjYW/h7i9j9cZ&#10;762F01Gjvsu5CBN2UnabGCS9vBd23k+jtZTn3ISE2CbYuU6sDBbw/rtc1Yjz1iOdkj3E/SdyHyn0&#10;hST5zueVxGtJ53ryySTjTvVXId1XRInehvmz24kBbfj8oz1oqT6KI3vP4/Dhq7h66xGu9D3eMk6/&#10;fOnp+Ghbcd5+vLe4FXmrOrCh7Ti6v7mKhtrvfIeO3PSdO3fXN/ZsbHq4Lf3B7dnzZ78aHhvz3bw7&#10;5Lt47aHvSPdt36meuw0nj9/CgQO9aKrtRv5HO/DO2zvV6Ei6Gi3hDaMckRGVODboRN4cacAuaXCu&#10;StVAY3nTU3mzA1zu5O9edx0sfHA6Qzk8XjY4PgyXtRAeZwUCbCRBPrQENp4k/p7GB5oSV4G5GY1Y&#10;vXwj8j/dg527e7F335W263cetw1PjFWET/+FsicTI2UXbg22dXX3Xd+68QwK1uzDp+98jYxkykGC&#10;coj3MUAG5ico2+gsbjZOHxuwk06mt1fCSECw05Es/G6ng7g8dfBweVRMMWIIzl42enF8Gxt4HB3a&#10;ToC30EnNBGenswYOOmi0sRAxjnIFFCY6uluclf/PMNL5uO+ZpjJY+QzdfH6yLyO3NxpKYeY+BTy8&#10;ZJmynp3fIwhMkfpiBRgOPkMnnVvYo8lcTGcv5XrVXEbn5r4UYNCJY7i/JMrcWAKg3lwAg6ucwFfN&#10;cyihsxLI2F7sPL6D1ycgaOD+HTy2j23CyOPItQXctQQqXhP35eU1Bdge5VojHLxWgomdYOSWc+Qn&#10;yH06CLBynGBcHeLk2LzHbh5TgE0kt5vXYmP7C/EcYwUwbJXw8V7LYEAKlyfwuTh4Tk5eTwIlexJ/&#10;TxQ2zWVp/lqEuCyD5yCDDukMjmnx9BHK8IU5rXh/2SbUrNmB9S3f4eCeSzh94vrTrzaf8Z05edt3&#10;+8GQT3xvbHLSF24iL71EPT7W3nLiWXPxfuzacGz8yoV74zfP3f2f4cU/aBsaGRk/dfr2+MH9l8fb&#10;mo8TGfdicWYLMnkzskONiCMIpBLBpWMzmcjvYeMwmClFCCRyQ6Xz1O/iw41mo7LxQfPhGvWl8MXW&#10;cv1WNgiChbkUATbmrFg2/mCdchC3vRQhRrosonI2AWpBWgs+fG8PWptOoOvITVy//XBg377rf3L9&#10;+vUXItdDzlPO99Kdh3cPHr2Fyqrv1LB0JiNTZkqLyn2JjaunY/H+xJTBx+hupXMY6GhmIyMrnT+K&#10;9+rl6AKEJPpS3unpALECCvYazIrMh5GN3EUnDPDjpKPEEnjtJjohnVr2ZeFyC5+LLNebyQpiCpHE&#10;Z+DzVCHKXoIISk29pRKzyAo80nlNJ5BnGWUoU04b5WDE5fE8LgKSnBvXdzCS6wz5inUIA/Hx+fvp&#10;nGpfBD0/z9PB7azCNBmBTQJgvB45BxudPppRP8JWTAcngNHZ/bwfAQYQm6GIzIPsgCDh4flIP1lC&#10;oBER/B5DphFLxiJgJ8cKcl8uXoOVy5y8FwbuJyFARsBzE7CKiuS9JZAGeS/lenw8ro/A4JF2yu18&#10;CfVqfQ+vV5iNlyxDwFiAScAkxPaYTBbsIkDJNoncT6YES/5NCzVTbjexjdapAYucjHbMy6KKoI8s&#10;4afgva3Y0HL82amjveO99Pu+i/3GcJP4u2302egrk99PloX/fSHtydhYWV//497uU7exafNprP1i&#10;D95442vMz92ABF8VZUo9JUsl/GQN8QQGQWszaaqf3518uGZLEdlILeL58GdZiilNyhAUusdl0ggE&#10;+fWUONMY6exEdxsbg4egkcj9+ETeSCIZG9TClCa8OacJzeX7sG9HD858eyXjXv9QxvPnz/80fKo/&#10;CBOQ6L83lPHt8f6MA4euoLriCJYv3sJ7Qyf2VqiGbqZjiMMGxAEICDpep9lcpBiERGQzG+4rBIlo&#10;/q7jcsUUhMrTkaLp9K9S4k2LKSBAk8URmK2k2bN4/4zc3kzQsREA3BKNSadnmooQGVOCeDZyO1mC&#10;n6BiIFibhb1w3zY6m4lOYiNTkOUmMhyzsYTHYgSnsxsIHB5GZD+fs5HLXASgIEFCIrxIlgDB3iuO&#10;T3Cw8JrMfIZOGapPaCBgVSJaTykarCVw8DwJKBYuMxBAYsh4RG74yHSCXOZxl8PE++LibwGur4CI&#10;y1yk9kZes5H7kQAj0iuWEsNMwPFQnsTzmCJtbGyDUbyuIAHTQdCyWwgK/kaEeL8tbEMB/uaWDnxK&#10;tngCo0geBwFTwNRkKuX1VpJZTHX8xwvrDZJV8PozExopw2rYBhuQkdiIXMrn+bNb8caijShdu08l&#10;MW7t7MHX29gmz9zGme6rzY8fj5T9pHOPJiYm/sfYs3EMDA/j9MX7WLfhPL788pDKQM0QRsDGkcCo&#10;kkzUtvMhxEStUXQvxEYqrMFDaZJIYJgek0dHKFSaND4cLfR8iCY2LKHBCXzYonGjGXlFpthIBSOj&#10;v1SZqDl8cInUl4tSavDhqs3Y2vYdes72Y2x8vDt8mj8IG5sY/+b42XvYtO2i6r/KIdilsRG62cCt&#10;NkZNRjM3G7eAo3QEmxkZI0WPswG7GGVdsVMSYqahEK8b8ujQpOV0fh0BQaixnYwtMroEM+hcCQRh&#10;O5eZuD89o6CVyw10aLezlvutRIy1HLPMJZhJ4JG+izhGaxfXNxC0o3guVn4P0DH1/O7juUh+jZms&#10;wcLnIkzFT80uwGDmfiw8zwCjq48AJaAXSmqZOh7Xt/FYNgKVMB8bwctOR5ZILYAmfQ1eAkKQ7cPE&#10;40ZTbsizlj4DL+9BIL6eIFGqmJCVz95HB07gPZD24We7MPK4Tt4DL4FEhu7lHsSTlep5XB8DkUuA&#10;lEzBSYePYeDx8V4EfFyHzm4XJsL2mS4MloBk4T6SeM8S2f483K+bbTWB5+bkfmPZhkUaSmpAIplw&#10;eqgBqfHVZBCNZBDrMD+jDUuy2/HhW9tQmbcHm9cdx5UbA7g3OISnI6O4c//RNAEJBrB/GW4Kmv2t&#10;jYyM/Id7D0ce7um6qXIr3lzYgbmZ7cgIUQeyoetIE83OMoQoWdzUklHRZYhgRDOyMUQyOkqDFDCx&#10;kjr+VcSXjI58YH5GDjY4MxvcX0fQUfjwJQJLpPGyEdgYdWcZSxERnc9GUIN56e1YtXgrivIPYevO&#10;Xtzsf4ThsfG/efr8+Z+HT/MPZjfuPv5vQ6Oj2H3wKgoKj2Lh7PWYk9NBBiaNUYCCFJzR2MoGHC/O&#10;RtAwkKJHRhTRmUuho7N5yR7MXEcfxftBR3Gxob8Wk6/ugZv3RhiYdBAGGB0lcgd4n4TF6Uyk32QK&#10;EvWNthoFuvEE51mUEwbuy0vHcfhqoKNzmMkuHGQR0mkpDiodqiIJBKTFgY28x7EErlQCnDBAGR1L&#10;pINJB6GJz1U6MUVySmekn9dmJ2MwKbCrVZHfwmM4xMkJ7FYyCAEWr78abo90wE5JLBMBzESAEccV&#10;oPF4SuAiU42TfdBJpTM1xlbAKF+DOJ6ji8dO5f0KsR1J8LESKIK8j9LPIEEllkDh4nlIR7r0kaSS&#10;GQTIhkQqu9iGpEM+i5IhJFKZQCBZz8kMPgGek3SkJic3ITe1FbnpbWoOlozavb2qE59/shf5729H&#10;dfF+dNQcxtF9F3D+5PWBwQdProYfu2a/iz179mz64NDwwD6CRm3lUaxY0InsBKHNlUjlg3SS1gWp&#10;JxP4sKPZQGfRaYTm2viJMpB1kAL7PHX4JXW4XiIN1zXQcSxEe6HjOkuBoskCGDGk1DpSUmk8Zupz&#10;m7UMaXzYGcmtmJdah3dWbML6lmM4eugyBh48rg2f4h/MrvQ9nDzUfQOffCBSrQPJwUoks/FKR66J&#10;0d1tzFOOIA7uZqSToWZhVVG6fOXMDkZyGT2KITV+OYqAKwBA5xRQEfZgFBlBB46MKaWEa4aLUV46&#10;D6MIFtGGYt7rWoJzKyy8f4kEYhnJiOZ9MggL4fp+7ks6pA2k5SY3ZYi1mlScbEH6F+iA4lRGYRYE&#10;jEQ6okwZcBC8PIzmQQKDm84YQ5kjLDFEwIokm5HRA+kfELbgYcT3UmrYCY5eOrOX1+ShTJE+hDhe&#10;c9BJqUAmKRnDEvn9BKUEnr+fTEBYTFwcHZ+RPo6glcD9+gliKXTwFBkdIbtMIwCkxXEZlye5S5HI&#10;/c5OW6eefwqXJXgq1d80gkFaqFGNUmRzWRzPRWRzbnoLctLXYe7sDszPaseC2W1Ynrsey+ZtxqIF&#10;m/D2ym34eOVm1Kzdjabqbuzf14vuE3dw8ngfei/1Y/DRMB4/Hn579Nnor8KPXLN/iEmGZtexmz+/&#10;ffdh3f6uG6hvOok3V+/A/DmbkMxGkMCG4rJTA7ORONkITEI3CSCit6frCkkp6xVQyJCV0OSZs/JI&#10;ldmA2SB0lC6vGcgm2LB0Eokjpr4nsBGZqKujub4MM8q22WkEDokO6TUo/2zH0yM7z125M/DkysSz&#10;iSXhU/292+RvJg+cOnf3SmtN95W3l2x8viy7mdGLGpgNVeSHgw4bpLYWrSwRUABS+hW8+nwyCS6n&#10;Y7hMZbDT4XS8R9NNhZhJVuCO4/Xx/sTQeaVzcZq+CK8SRDwEVyu1fAQBwkRQjmL0nMn1ZBhURjxE&#10;2li4PEAHtDIyWwg00h8SxWOb6dh2/h4TI3KDgEXG4qWTCwjJumqYkaxAQMxLMJPtfAQUkQgJjlIV&#10;iYURCFMKMjJLp6DVWKSAL5WOm55I52awSE+pw1xG6KULO/HGkk1YuagDH7y1HR+9txNrP9qN4oIu&#10;5BUcwRrK2U8/2K2SCVcskZnSnfzbiWUL1+HT93aoUaTqvL2oqjmG6tpjKPx8Fwr4KfzyIArzD2Jt&#10;3mF8yc/na/cj75PdWMv95XGbNV924Ys1+/Hhm5344I0OFBUfRUP9MbQ2Hcf2rT04ePQGjh6/je5j&#10;fTh7vh+nLt9Fz+V7uHbnAfrvPNzTUtv18w0bzv5c2vTZy/d/fpmfm/eHfj4+Pv7z8GPX7PdpgyMj&#10;XSfP3Rvc9tVFRv3N1H1NqoGlURem0pEiSKn1dCahr1HU5zo2Zj8jSQQb/owoabACKjWq824WI97L&#10;UXn4xcy1KgpGk3lERRVRs1dP9bLr8ri/fLhVpxS1MyNgyFWo2M3bK7aqzNrT5+5gYGAIly7d/9/h&#10;U/xH2eTk5P+68/Tp6ycu36tpXX8abyzfTmnEyE4q7ud5y5BywFNOHU1mQEeLZ9SdymmgvGC0l85N&#10;J+VUZMRasqUamKnNIwl8OrKPaEo1G0HEQWCIpmPONBWoTslXCBjTKVtkFEk6AWcRMKZHFynJ4SZI&#10;+EVKcD+/olQTGWEzEVDMkpcxdV8klV/knIxQeAScyfw8PE8rwdvLj0gkH4+bQJBI5L1T+QTBGsqq&#10;ZqyY14E3Fndi9aqteHdpJ5bkNDIyN+PNpZLq34FVS9bj0/e/Rk3+Xqyv6sLOzSexd//VvgP7e7vO&#10;fDP1uXD+Xldv36D629d7t+v6rcGu3v5HXed6B7vOnerr6v7udtfhA1Pr9vQOdPXdG5r69N7ruvto&#10;qGtw9ElX393HXX3cru9B/2+X9z7gb/KX29y6fLfr8nXul79d5rFkv/Lb3cEnXcMTo10T308cCj9C&#10;zX5oNv79ePTw8CgO7b2Euqpv2MhasTCjBXOyO2CgtNDrv1T6Mo7RSTrYpDFbGS3NdHiRMGaCxSu6&#10;NWzctWrs/tUZa8lCGpRGf4UAEsl1ZXjNQgeU4TNxDLeTQGOrUg3fxYibkUwKmt2OD1Z2UIPuxulT&#10;fQ/GJidKnz9//q/Cp/kPsqHxkaOMPGhoPoXczEYkk0arzFeek8qF4PlEROWrYUbpBHYwenslehMw&#10;XokpRCRlldLuXB4jLIJ/dcYSRn4yMQ/pPSO6jDb4+d1hpCwjwBptBB9KBunM9BJMpP/n9VlrCbKk&#10;+QRbyYGQkafocH6F5Lx4pC+CrC4UrEOAAGF1VMJJhiMjUtInYbXkw0j5I6MGIjOSSfdlWHBFdiM+&#10;XtiMyvc3orXmKHZvPI4j+y7hVPdVHD98BYe3n8LRXT345sh1dB+9jlNHenHr6n08uv8YTx89/WL8&#10;2Xjm6Ojor8O3SzPN/n4mQ533hx/l9l55gF07zqv5LMsWbqaubIbPxoYutJegEc2G/arhS+r3QpUU&#10;JJmEElVfjsxXyUHSoy9yxEbN7pSOv8gSzJj1BTVzODmH0VE+0WQmEmWlv0McSHr4xZlinUXIjS1D&#10;8cdf4fjpfvT0DP0sfIq/k/F6/vXw+OjY/iM3/ua9N7dhQXYTnZJUn7TcSeqvGA6jegQd325eCwcj&#10;dyr1ulB6uR6Ln0xCOjTp9HK+MsysjynGqwRQYRgmq8iCehhMFSq3QrJk3QQNkW4CNtJP8GpUAQGm&#10;RAHTr/ld8iSEnSn5wv3GmCVXoWyKVXhlqJX/R8v6dWq0wsjlXh5b9h2py0cimcTsULPq8Fs6pw2S&#10;b3Po67O4TJr+ZGQEw+NjGJ+cwJEjt/701q2pj3z/v/+f+jz/U3neAP55+HZpptk/3KT+x9iz8XOX&#10;rgxiY+d5vP/210iLrVLDWYmMgEZDAaw+6VyT3vcylYNg89Jx6FBmcUY6v46OqIsqQbzkb1D3zxTH&#10;dNaqTlCruYRgQqfid52AjIwcmCsZ6fPoNGXQu0rgMBdj/uwOlJZ349CBK+i9dH9N+PT+TrvzYOiz&#10;nmsDaGw5Q1q+A/NyN8KmZ3TmMWVUR4b4JBtRhvVktMBM55dEJcmncEoCE50zhlJD+h0kP8DFKG+M&#10;KVBDkJJ2PIMOHU1GIedsdFaoBKcZvAcGsiVhTgI4Dn4MXEeyLc2UIdG8JisB1M3jSCfpzOhiNXwq&#10;WYwBgoB0egYpUyTHwGOnLOJvacltsFtLkeKvRJa/Agtz1uGjt7Zga/U+HNl1FvcfPMHg4Oh/Dl+2&#10;Zpr9cU3yOB4NPLHeuPUIW7eex7vL2pAWzyhMKuyNI3uglHAyOkYY8hmF2cjjZYhwasw+MbEVr0UX&#10;YJquAH46nThGNOWIidHYYChXICMJTTJUF0kwEVo+k444jY7tosNaGakNhrVI9lZhPuXR5x/vwe5d&#10;l3Dp4v1Osobc8Cn+1iZ/M9l57+lwZ8+1wc69B66hvOxb1YmXlMRjE9R0dFJJF5akJuks1PGYBkOp&#10;OleRDwGRKE5G95gyNVRq4m+R1mKVyi05E3pLkUpg89KRTZKpKJ2OBIwo/rURMLyxXMdUzu81qs9B&#10;QEGuN5DQpKSMhdcpbEyGVnVRhYgmSxEmJvdFOkYFeL0EFbfcx9gGlaEoQ7MhHiM9WI535zaitfwA&#10;Du06hwe3B3Dh1FXr6MSEVauUptkP0p6Oj35xbeDx84qSo3hr+TbMzlivOtqEogfpTE6rZHtSbjDC&#10;vm4oxEw6p4sRVLL9Yun80nkneQCvROThtcg8JMc3q05Um6UK03Wl0FPbv0btb7HXKCou8xIkocdE&#10;2ePV5yE7bR2WMcJ+8lYHdmw8hYFHT3FzaOjfjU6Of3SVWvy7s3fVzNkP392DBbPXIyuuQfW5iFyQ&#10;zlmLX1KqpVOSFJ+MIYp/f81zMZLVyDwGnZOAQgkyk8wiRrIc6cTisLNsZBqM+npKp5lRxZhlLVGJ&#10;VNKPEakrgl5HUHFWKlkWYxRpspb7IGgauS7lhctRq0ZAJIdiupH7MhWr+5Ea36QybBN4Xi4BB66b&#10;5K5CJiXR3PR2pFPC5CQ1QqRUZ+t3uH5tYDj8KDTT7MWw8cnxzw8cvrl980ah+l9hXmYLNXUFQgmN&#10;dEJKC3EGAoPZXYHXdXlqspXPXaeStqSjVGa9ziQI6BnJpTNPZioaCCJORlfpFDVTKohen8HI/7qu&#10;UK0j1N5IIIll1E+Mb8CcUB0+eXMLOlpPYueOHuw/0IuS4iP4+IOdWJC7HjkElkRKJSsBLMT1fZL8&#10;ZCEAkFnMoNP+SpeP6RLh+f1lOrWM3BitlZQUpTASBGQilcy6VCnWHm6jL+L2lTBLf4awBoKPlbLE&#10;Yi3DDLIE6cdwOyg7uL2FwKHjdc+IKFC5EXZej00xEC4nmJoIGDKnQxiI5DVIPoSL9yKO9yveXYY0&#10;spyFmW1YNmc9vnx3K5pLdqG57WRRb8+tvLt3h/8y/Bg00+zFsSFG9eGR0f3Hum+itfYbrFy5Dbmz&#10;O1S0NETlKY0v4/0OD52OTiEdf3pzEaYx8kpWos/foJKbosg8DJQrwjq8bgIGHUuGJk10rGnU/LPM&#10;BB+uH2A0l3Us1PwyfyPE7bNkMhEdODNYi7lpLbBROkheg4vg4JTJVozws6S/hI6aktRCAJua1TmD&#10;zEEXw0gfkY/XCRqqP8FWhV/z+yt0fjmOYj2UDWZDMeVDtZocpUYxeH7SISvJawI6XrIB2b8wC0nI&#10;iiEoSlq9ZExKJ28grlH13UhqeKS5FH41QUxkRi1kCrbMEk7iNWSltCE7sR5vZNfjoyUd6Kzrwsmu&#10;yxi49+jEzQs3f7l69WqtU1KzF98ePBg6d+zbm3crK7rxFkFDamwY3aTgdIogHVHmnciMTJnoJFOY&#10;jaYi5Xjxia3KUSOjCxEZU6BAIJbObqHjylRxmZ8hsxSdZABmbu8isxDg0ekLKAEKkRxsnEqGomPK&#10;eg5uq+e+JU3aTbARySAjD3oCxOt0VpnG76QkmB5JyRNZoGo6vMZjT5OsVQLSDLIK+V9mVhq5fUCS&#10;owhykfpSxEg/h4usw1mlhlPl2qS/5TUCnYOAIcxBJUPR+X8loyG8ljiyhiiyLekrmar7wH0QvOJ5&#10;P2R7GRGK4zIn2UgaAS87uQVLKLXqC/ZiS/muczdPXT03PPDkXPg2a6bZj8dGn43+4v7j4Vvdx27i&#10;/bd3qE7G5LhaNd1bivZY9IUqszApvhnJYQBxke6rXAZSeen0FHovhXpsBAwdmYE4rotRW/oPZhBQ&#10;jDF0Zjqk1015wo/UiTCQ2pvJUCSyy+QtkT4iXSRfYlbk1DwMJ51eAECGLs08RgQBIkI6OGXUgr9P&#10;J4NQfROUG0YHWQ73IXNCZlGmiPxx81gy49MkszgJAFGGQpiNpXC5KZF4rm7KJSkBYCN7EPlh4Pdo&#10;XpMUyZG0br1cIwEkMdRCQBTmQ0Dkfv1cHrAVITOuASvmbsBnKzZh99aeowMDQ8vDt1UzzX68BuDP&#10;Hj8dxYbNF/BF8TfITW9FLOWInU4ptR381PZST0MSj4J0sshIOiqjtPQpyBCnzL8w8jcTnVWmVEsW&#10;pYu/CxOZSSkTNeNL/FKXh3g6njiisIdXyBRkDkcc15vJ7WWeSwyZiV5fpIBBZJB8JCsz0lgIHeWM&#10;pGtL/kMkQcPCY8jQqC6SrIfHVZWkKH1kBMdOaeK0S85Jg5rEZSWY6blPB2VPNLeRvo2gn6yFIBBj&#10;JVgQvPTS90EWM4vgEWEqUGnwkodi4vnI94RQM8+ljPdFCr2Uq+Ity7NbUVd2GPu2n8bYxERx+HZq&#10;ptlPwwZHRpIvXH+4q76mG6uXbkR2qA6poSayC6nsVaJK14nzSOEUBx05OU5KqVHzm+lEpP2SMSr1&#10;RoWZSMGXKAKADIcq5iASgABjo2PPjC5HlKq90AAfl8nIjFSIMpINyPCnAiE6uJR5E0CJiilXSVbx&#10;MpnL14CXyXqk49LCY+qEcfBYIh1eNxEouD8/v8u+RFLIaEhUVAki+b+kiptk1iXXS06hrOJxpQ5E&#10;LK9NOnylv8Mby+ORhUhnp+RUxPO8EnmeyUlkWMF65Ibq8eny9dhQ04VTRy49uHPxjvbeF81+2nau&#10;995Hp8/fQUPTCax6ayfmprXS8ajpCQBSKjCJoCGzMG2UFELZJWKHklrVJC+ZFyGl3gwypEomYfdO&#10;JViJI+tlejUd38PtpWaDJE7N0hWrLMyZMrFLmEKgDgZ35dRELzqu5F0IODnILHQ8voyI6MlMonXC&#10;LLicMkRStyMJIJKibeZxvfFTciTaWM5lBBPKCOnclKnnqr/CVk6gKYWTAChDyIkEEi9ljo7rS0Ec&#10;H4FBOj/TCBIybTvJV4slmY2oLunC4UOX0PPtlbqb/YOh7/H9rPAt00yzn7Y9+/5Z1aWL91FTfwKL&#10;57Wrd6mkuCv4qUE66bnUSdAzcgvVF6BIIWAE6bxSHtArWZe+cjKFevjozB5fNZISWxjpi1WHoySE&#10;ybCkOPQMgoLBUY5ZZB0iQUQm2AgWBmuVYhuRDgGNqfJ3M6MKMM1azsjfoIDDQqYjuRWyz5e5TEY7&#10;zCJrZH4Lt9frKS9cVWr6uYvHcxNUpMK611mrysj5PPWqA9NPueUheIhksTsrVJlDuZ70uDrMzmjF&#10;sswmrCvYgavXH2hv2tdMs7/LzpzvP7S+/Qw+/GgfslObkUAH9DFC++lYVkoCGS2QNPFIUzE8kjZt&#10;lyIsUnS4TkVnKZarNzDSS/0ICyWHrZpSYqrSl3ScSj9ItER8MgEZro0W+aHnvggWLnsN9JItStAR&#10;lhEZXYRoUykdvEntXxKvJH8iKobMQs7LVafK3Ol4HJkHIqM3EfyuhnYpK5wENxkKFakhhWlCBBH5&#10;bpN1CIQyGiOdm2kJzaoS+5zEGhS+3Y59G0+MDN5+WD/yYOQ/hm+LZppp9v+ysbGx4OMnI9hz8Abe&#10;WLkD2QkNcFmKEXRNVaKeevlSBV6LyCcTqIaZIGAjw3CTbUj0lrL6s0wliNHlI+hrUL+/ZilQadWR&#10;dHiZDRtllAI39TBStkyLkuSrSjXCIv0PwiYk90I6Ws0EHRmliXGSvfDYMgdk5vQC9buaPk7AkloX&#10;EVFFsHBf8pvbP/WbwV4OI5lIjLlU5WlI8VkpUCO1KGOiC1TBGikMlEQAifNUYUHmeuS9uxnH95+X&#10;2aB/tArzmmn2Qtro+Hj/7n3XnhQVHVXVmpPiqpU0CXgqIaXqkxmZpQPUxf9Fitgtlaqsm0wGM1rL&#10;EGXIh5cgIKMcMrIhHZFmOrX0W1i5nZNMQuaEiKMLGzBYpfbm1LRwM8Fl1qw8xPrq6NgydFugMkil&#10;CK/JXAGbg5KCjEOStmQOi+zXTiYiuSQCDDPJQARwBCh84exNmfdh5zH0xkLE+ylbpD5qmryrtgWr&#10;MqtR9dH2/n07Tn8RvnzNNNPsdzV5l8u9J0/vywzSt1Z9hYykZsS5BSBqVbFdp5q5Sad0k+aTabgZ&#10;vUNkGVIyT0rAyXCnjG7YyAwkF0NGSiSRK4rg8nJkgcoOlVyK2PhmzNQVY1q0pH1LDY56bkPgobwR&#10;KSPAEiFDpTI6Q1CR96/EUG5IgV5J/pIsTMkRkRwMH6WHSA67qRzJqlCNvBOjgoBUTClVSaBoUOXl&#10;JKciN64YtXm7cWbfWa2vQjPNfh82ND7+8wePhrFl6zksmb8RWanNSJGqz4z+UoEqKBGezuqUIVb+&#10;tRrL1UQ0yeGQfAddNJkCAUCGMKUEniRdSfk7ydqUKtsOO4GErEMXPTXKIvUnbM4qVXtSWMJ0k3RW&#10;1qlp92ayiGRKFmESEQSTCKvkX1Spl+fYJSFMXwobgUUqW0lORqqvihKI5+iuJphNDbump7RhUWYL&#10;ila14dD6Lty/8/BA78neF+IdNppp9sLY1euDn+7cdw2FeYcxL7M9/DpHqSRdq16cpCpJJzRhpilP&#10;JVlJCrbkZtgY6UVaRNPhp0VJ2UAZDamBxSJv+apVJfGmRear+hVeT70azTBRhkSSDURzv0YyBq9X&#10;prFLYZoKMguCE3+TOppepwBFpZrFKtP0pf9CRnIyk9q4Ti2iyFpiuV9hGn6CUlpsPRZmNaHknQ24&#10;0Xu3b2xs4rvw5WmmmWa/T3v6bGzat6fvzNu4qaf4k3e/Rk5Ks3qfRIh0P+StRjIjuiRgRZqLVH+E&#10;vMtCgEH6HmboCzBTErOsBAn+r7NVwE1pIOvJFHJ5pYFT+iWkI5PAoCPLiDASOAguUrDHRNYib/Ey&#10;SSVuAo/UwhAp4yfAyLtEpPReHPcbJLBI6T0pZCN5FTKvJeioRFpiM+ant+CjFZuwd/MptK3ZMu/6&#10;5dt/Hb40zTTT7J/KBkdG9EcOX0NB0VHMphMGvVWqmnVcfAO8kitBJ5X3uEp0t9DJZf7Gy4Y8TIuW&#10;yt4NMJNZWNTEsAq8ElUIQ0y5ekmQVLyK4Xc1bT6qGK8bytTIiJTrl4ljUnbPSOe3xhRNgQvX10eX&#10;qWpbekoVA9mI5IfIyIeUyLNZSlRtjcxgOZamN2BH61FcO3UVT+8/fT18KZppptkfwm7de7zozMUH&#10;qiN0bu5G5ISaEGcvg89ajmQ6vyRLycxXBx3XSHZgd0jp/VrI+0elFqe8fHgWAUQfUwaHuw4eKVZj&#10;KIReL1PtKwkyVertYdIXIkzFQkAQORMtc1DstWo4VYr5yvtIVU4FmY3VUgUTjydvA5f5Hym+WlUM&#10;+eNVG7Glvkvr1NRMsz+mPRge9jc3HseieZuQldiIhGAdkunk8c7wnAyyCZ2R8kT6MLwNKlVbam5K&#10;MV+9uRQzI4vUDFQznV9GTyRfIprsQUZRPASAANnFtGgp+1+sXjMYpS9R1bzkbWPyXlEp/R8VXQ6H&#10;jIy4quCXdbhvAaXUuAZkJjRhUUIVDu8+h+sX77wXPm3NNNPsj2Xnz/cntrccw2fvf415WR3ITW6F&#10;X1K/9ZLr0IBEvyRXSQGaRjVhTNK7E0RmWCg9HHUwcdmrenlxUt5UDQ2ygkhVWq98aio61zc4CAZk&#10;LVKo1yajMJJz4a0jE5l6e7jTX606VwVI4tSITYV62/eK9Dqc339KYxaaafZDsSdjY68eP9F3u739&#10;DN5csR05me1IcJTAYixU1a/SUlrUEOcse4UaFjVKHgSd32yjgye0qJoUM3X56m1jMrwqRXZkEpmU&#10;9Y+hlJFXG8rLgORF0VKoJ0aqgElnKIEjEFsP9WZzgo7BVgq/hwDCY0kK++yURpS+twlj54680G/z&#10;10yzH53duvvwL787ecfx1a5L+OyD3erlyEmBWtjNJchMbkNiXCMdXRgFQYIyRZiB1My0kxlIRW+p&#10;jOWNbVIjIqq6F9eRfg8pfiNT3WXuyHSyEHn7uN1eiRnGEkSbp2a5Tr1jpFa9xlH6TzLi65FNKfLR&#10;vHp05G95P3yKmmmm2Q/J5H0ot+48vrrn4I3JtZ8fxNysdrh9dUjy1CCWwCAp4/IiYEngkmnpAgjy&#10;NrEZ0UV09lrFNuQVAkZ9AeJtUsKvBmauI+9KlXd8TIsuhC6yGC4CiscpLx6qhc4gr3MsVsOnIUof&#10;BwFFXpe4IqMee6u/Hju757grfHqaaabZD9HGn43ndJ+4U9bWegpvrtqBtCClhKcK6ZQhUvLP7q5Q&#10;lbud4RmuTluFYg5WSg67/G+tQGRkAZxubhcrs03zEaUvVC8WiqZMMZtL1X4EOKL5PYog4+T+EylP&#10;0hObke0tw+aSrzF4834ofEqaaabZD9mu3Bz6xZnz91FS1o0FWR1ITWxAelIr4sgWpJ6FixLDQ0Aw&#10;UZaoehYqcWtqerrHXYdZ+jz1ciHJ2ZCK5vJioVjKGgvBRPItZLTFYi6DndvIy41cjnIla7ISW7A4&#10;tQ7XT1/XOjo10+xFs1v3h7YfOHoTX3y2H7MTG+GTt5fT8dNDLQSGGsRRhkiiVYSuALqoIlXRKzYg&#10;IyEyi7WYEiUfRjISv79B9W344hsRQVbxekQ+ZU0pLOrFx9VcvwwWWwneyG7CwU3f4vyx81oNC800&#10;exHtweMnhbv39OKNpZ3q5dBpqW3IDDXD66uBP7YRkZYyMopC2FR9zSrFFBJlOrxBivfmwe+T+SU1&#10;6u3nXhkloWx5ffoaBRQ+YSCGcvjJVpzWYqxdUI/7N+5BK3qjmWYvqAH4F0NjI+sPd99GRdUxLF2w&#10;GVnx9fAH62EkKzAbCggEtUhPblXvTJVSfXEEAIu5QuVsmMgofL4yVVUrOqYMBhPZhL0aIT/li4yQ&#10;xOQj1VOB7EAdSt9uxdDg0Bs85j8LH14zzTR7EW14cmxd780H67ZtPj1QWXkEy5ZuQ9BbSfZQqfo2&#10;EmLrEZA+DFc1jFIjQ6pgBRtgMxaRXfB/MpKZpiKVlCVVvYSNuMxl8Ngr1OS39MQmFH6wDYN3BjEy&#10;ojEMzTT7Udjw6PjB/kdPsKHzApav2IK5ma1IjZsCicSEJoSCder1BlKBS2peSPk/s71Y9X2YHeXq&#10;BURSZ8PqrVK1OmVyWdBThSR/Fb54qxP9F/s0SaKZZj8mezQ29l/77z1+1NZ84m8+eG8XslLrEBso&#10;RXpKK9JCzfBRovjcVapjVEZGZAKavCpAKntZXaVwmNcixllNZlKP1LQ2xHtq4LaV4pPF69B/6bYG&#10;GJpp9mO0waHhy5cvD6Cu7jjef2cX5mZ3qMlracmtsFJ+GC1lCDhrEIyrh9tSjgDlSoJb3s1aijiu&#10;J8V64ihj4gMEFDKOjxe14ebl/sPPnz//N+FDaKaZZj8Wm3w++Zf9/UO/PNV7r33PgesoKujCvJw2&#10;9V4QqbcZDJQjnVIkwVenXg4dcFWp6l6B+Dr1IiI/v8sLo92eCmQFa1H4RjPu9g0sC+9eM800+zHb&#10;3XuP+o4dvYaasgP4YPV2LF64GbNjawgUFUjw18NpKoE/WI1UMpAAZYrPUYqkQBVyEmqxMLsZh3ac&#10;nJj8zWRqeHeaaabZj9mePJj471evDiw/uPPMW12Hr6Cp+STef3s7FsztQGZKGxIJFoneSqRIRXLp&#10;6PRVIjuxEfNTm/BmdgN6e/rOhnelmWaa/VRM8igGRkf/08Onw8fP3RjAnkOUKyXfYOXSrVg8ex3S&#10;/JWYl96COTkdWDxvI9Z+sAObag/h+dOnfx7ehWaaafZTs8nvJ/OfTozuunxjYNe2nVd2re84g7KC&#10;vfho1WZ89O52FK7dj5K8g88613236+ThK7vCm2mmmWaavfTSo5GRUO/NwdDtWw++v3Zj4OipE32h&#10;mxfv+sOLNdPs72kvvfR/ACWRWtjRH33AAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQChRHie4AAA&#10;AAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3WxitY3ZlFLUUxFsBeltmkyT&#10;0OxsyG6T9N+7nvT4mI/3vslWk2nFQL1rLGtQswgEcWHLhisNX/u3hwUI55FLbC2This5WOW3Nxmm&#10;pR35k4adr0QoYZeihtr7LpXSFTUZdDPbEYfbyfYGfYh9Jcsex1BuWhlH0ZM02HBYqLGjTU3FeXcx&#10;Gt5HHNeJeh2259PmetjPP763irS+v5vWLyA8Tf4Phl/9oA55cDraC5dOtCGruQqohniRgAhAop5j&#10;EEcNy0cFMs/k/w/yHwAAAP//AwBQSwMEFAAGAAgAAAAhADcnR2HMAAAAKQIAABkAAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzvJHBagIxEIbvQt8hzL2b3RWKiFkvIngV+wBDMpsNbiYhiaW+vYFS&#10;qCD15nFm+L//g9lsv/0svihlF1hB17QgiHUwjq2Cz9P+fQUiF2SDc2BScKUM2+FtsTnSjKWG8uRi&#10;FpXCWcFUSlxLmfVEHnMTInG9jCF5LHVMVkbUZ7Qk+7b9kOkvA4Y7pjgYBelgliBO11ibn7PDODpN&#10;u6Avnrg8qJDO1+4KxGSpKPBkHP4sl01kC/KxQ/8ah/4/h+41Dt2vg7x78HADAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEACJZhQVoFAADqGQAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAKAAAAAAAAACEA8Mg5x6ERAAChEQAAFAAAAAAAAAAAAAAAAADABwAAZHJzL21l&#10;ZGlhL2ltYWdlMS5wbmdQSwECLQAKAAAAAAAAACEAqz69n64TAACuEwAAFAAAAAAAAAAAAAAAAACT&#10;GQAAZHJzL21lZGlhL2ltYWdlMi5wbmdQSwECLQAKAAAAAAAAACEAxxEpZek0AADpNAAAFAAAAAAA&#10;AAAAAAAAAABzLQAAZHJzL21lZGlhL2ltYWdlMy5wbmdQSwECLQAUAAYACAAAACEAoUR4nuAAAAAJ&#10;AQAADwAAAAAAAAAAAAAAAACOYgAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhADcnR2HM&#10;AAAAKQIAABkAAAAAAAAAAAAAAAAAm2MAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAA&#10;AAgACAAAAgAAnmQAAAAA&#10;">
                 <v:group id="Group 7" o:spid="_x0000_s1027" style="position:absolute;left:2325;top:-1252;width:5;height:2" coordorigin="2325,-1252" coordsize="5,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDdfL7HwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvwv6H8ARvmlZRpBpFZF08yIJVWPb2aJ5tsXkpTbat/94sCB6HmfmGWW97U4mWGldaVhBPIhDE&#10;mdUl5wqul8N4CcJ5ZI2VZVLwIAfbzcdgjYm2HZ+pTX0uAoRdggoK7+tESpcVZNBNbE0cvJttDPog&#10;m1zqBrsAN5WcRtFCGiw5LBRY076g7J7+GQVfHXa7WfzZnu63/eP3Mv/+OcWk1GjY71YgPPX+HX61&#10;j1rBDP6vhBsgN08AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA3Xy+x8MAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:shape id="Freeform 8" o:spid="_x0000_s1028" style="position:absolute;left:2325;top:-1252;width:5;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBJl2rQwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RasJA&#10;FETfC/7DcoW+1Y0SikZXEcHSh0Ca6AdcstckmL0bsluT/L0rFPo4zMwZZncYTSse1LvGsoLlIgJB&#10;XFrdcKXgejl/rEE4j6yxtUwKJnJw2M/edphoO3BOj8JXIkDYJaig9r5LpHRlTQbdwnbEwbvZ3qAP&#10;sq+k7nEIcNPKVRR9SoMNh4UaOzrVVN6LX6MgNavrV5bpPN5spvz0E6djQWul3ufjcQvC0+j/w3/t&#10;b60ghteVcAPk/gkAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBJl2rQwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l5,e" filled="f" strokecolor="#f8faf8" strokeweight=".24pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5,0" o:connectangles="0,0"/>
                   </v:shape>
                   <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                     <v:stroke joinstyle="miter"/>
                     <v:formulas>
                       <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                       <v:f eqn="sum @0 1 0"/>
                       <v:f eqn="sum 0 0 @1"/>
                       <v:f eqn="prod @2 1 2"/>
                       <v:f eqn="prod @3 21600 pixelWidth"/>
                       <v:f eqn="prod @3 21600 pixelHeight"/>
                       <v:f eqn="sum @0 0 1"/>
                       <v:f eqn="prod @6 1 2"/>
                       <v:f eqn="prod @7 21600 pixelWidth"/>
                       <v:f eqn="sum @8 21600 0"/>
                       <v:f eqn="prod @7 21600 pixelHeight"/>
                       <v:f eqn="sum @10 21600 0"/>
                     </v:formulas>
                     <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                     <o:lock v:ext="edit" aspectratio="t"/>
                   </v:shapetype>
@@ -700,51 +700,51 @@
                             <a:noFill/>
                             <a:extLst>
                               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                                 <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                   <a:solidFill>
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </pic:spPr>
                         </pic:pic>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex">
             <w:pict>
               <v:group w14:anchorId="39362D95" id="Gruppieren 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:157.9pt;margin-top:-77.15pt;width:.6pt;height:.7pt;z-index:-251657216;mso-position-horizontal-relative:page" coordorigin="3158,-1543" coordsize="12,14" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBms2W5LAQAAJEKAAAOAAAAZHJzL2Uyb0RvYy54bWysVlFv2zYQfh+w/0Do&#10;cUMiO7ZTV4hTBGkdFOi2YM1+AE1RFlGJ5EjaSvrr9x0p2YrTol23Bwmk7nj87u67O129eWwbtpfO&#10;K6NX2fR8kjGphSmV3q6yvx7WZ8uM+cB1yRuj5Sp7kj57c/3zT1edLeSFqU1TSsdgRPuis6usDsEW&#10;ee5FLVvuz42VGsLKuJYHbN02Lx3vYL1t8ovJ5DLvjCutM0J6j69vkzC7jvarSorwR1V5GVizyoAt&#10;xLeL7w298+srXmwdt7USPQz+AyharjQuPZh6ywNnO6demGqVcMabKpwL0+amqpSQ0Qd4M52ceHPn&#10;zM5GX7ZFt7WHMCG0J3H6YbPi9/29Y6pE7i4ypnmLHN25nbVKOqkZPiJCnd0WULxz9qO9d8lNLD8Y&#10;8clDnJ/Kab9NymzT/WZKGOW7YGKEHivXkgn4zh5jIp4OiZCPgQl8fHV5gWQJCJbL132SRI1M0onZ&#10;dAFSQXY2XcxnKYOiftcfJTfo4HROkpwX6b6IsceUHIqbg29DEGbHICD2LJo/dY+y/H+5P5tewtPe&#10;md7TIQqL5ElMAS9G/r88cvR/fOir3qPW/JFO/r/R6WPNrYws9cSSIZLzIZJrJyUVMIsZ6WzUGojk&#10;xywaSUjNg2zf5M/3BvAQC0Ry58OdNJGFfP/Bh9QESqwit8u+Dh6Qmapt0A9+PWMTRjfFV980DmrT&#10;Qe2XnD1MWMcWpxrg5HNDiy8aAvmSGhm6GAwB+XbAxusBrnjUPV6sGKd2O4n1ZY2nKnkAKtAqUgoW&#10;oES+fUUXF5/qpjP9FQ599LSDuoyhg26Sq5YHQkZX0JJ1q2wR0bRmLx9M/B5Oyh03HKWNHmuBxCM8&#10;SQZ1Mh1r+nAdoRxlU5u1apqYzkYTiNlkvow4vGlUSUKC4t12c9s4tueYCuvl+ma97JvFMzV0X11G&#10;Y7Xk5bt+Hbhq0hqXN4gqWkviKjUTX2xM+QTeOpNmDWYjFrVxnzPWYc6sMv/3jjuZsea9RuW9ns7n&#10;NJjiZr54RY3PjSWbsYRrAVOrLGRIOS1vQxpmO+vUtsZN0+iuNjfot5Uiakd8CVW/QfFfX1klCjz9&#10;UMHqRRf49vDFqbAjX9IAb7/LRsvdp509w/xDGtVGNSo8xVkO5ARK7++VoDFDm1FDASnSfIKYbk1l&#10;NiilI+CIEnEuMW1ua5SFvPEW7KXAHD85ZzrKKeI/jZl/biWn7TMYm0bZgT207h1G7E8G8Rdilob8&#10;WyN2rdQh/bU42cB3o32trEfCC9luZLnK3PsSOAX+mAJmJnKqQyow78SfcCOy0Qcng0Al8KICo/vv&#10;YONBEB04YiZ3/nUzncWa4MUwjaYgZhysQ0sZBrl1qZ0yWsAFwIwcHForFW6vQpAPNRpBEiywkhDi&#10;ifzs/x36Nf57sHr2YzXeR63jn+T1PwAAAP//AwBQSwMECgAAAAAAAAAhAA9NYdJ6AAAAegAAABQA&#10;AABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAACAAAAAggGAAAAcrYNJAAA&#10;AAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAABpJREFUCJljfPP10392ZhYG&#10;JgYGBgY2ZmYGADwkA/A+VCApAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQDDoLx84wAAAA0BAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWscN4SfEqaoKOFWVaJEQt22yTaLGdhS7&#10;Sfr2LFzgODuj2W+y5WRaMVDvG2c1qHkEgmzhysZWGj72r7NHED6gLbF1ljRcyMMyv77KMC3daN9p&#10;2IVKcIn1KWqoQ+hSKX1Rk0E/dx1Z9o6uNxhY9pUsexy53LRyEUX30mBj+UONHa1rKk67s9HwNuK4&#10;itXLsDkd15evfbL93CjS+vZmWj2DCDSFvzD84DM65Mx0cGdbetFqiFXC6EHDTCV3MQiOxOqB5x1+&#10;T4snkHkm/6/IvwEAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3JlbHMv&#10;ZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPIJoFA&#10;l/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJSOCtY&#10;SolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/PHF5&#10;o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoBAAAT&#10;AgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBm&#10;s2W5LAQAAJEKAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAA&#10;IQAPTWHSegAAAHoAAAAUAAAAAAAAAAAAAAAAAJIGAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQIt&#10;ABQABgAIAAAAIQDDoLx84wAAAA0BAAAPAAAAAAAAAAAAAAAAAD4HAABkcnMvZG93bnJldi54bWxQ&#10;SwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAABOCAAAZHJzL19yZWxzL2Uy&#10;b0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAABBCQAAAAA=&#10;">
                 <v:group id="Group 3" o:spid="_x0000_s1027" style="position:absolute;left:3160;top:-1540;width:5;height:2" coordorigin="3160,-1540" coordsize="5,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAd71xtwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCL3VTSotJbqGIFZ6CEK1IN6G7JgEs7Mhu+bx77tCobf5+J6zTkfTiJ46V1tWEC8iEMSF&#10;1TWXCn5Ony8fIJxH1thYJgUTOUg3s6c1JtoO/E390ZcihLBLUEHlfZtI6YqKDLqFbYkDd7WdQR9g&#10;V0rd4RDCTSNfo+hdGqw5NFTY0rai4na8GwX7AYdsGe/6/HbdTpfT2+Gcx6TU83zMViA8jf5f/Of+&#10;0mH+Eh6/hAPk5hcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAd71xtwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:shape id="Freeform 4" o:spid="_x0000_s1028" style="position:absolute;left:3160;top:-1540;width:5;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB8g8KTwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NisIw&#10;EL4L+w5hFrxpulLEdo1FCiseBG31AYZmti02k9JErW+/WRC8zcf3O+tsNJ240+Baywq+5hEI4srq&#10;lmsFl/PPbAXCeWSNnWVS8CQH2eZjssZU2wcXdC99LUIIuxQVNN73qZSuasigm9ueOHC/djDoAxxq&#10;qQd8hHDTyUUULaXBlkNDgz3lDVXX8mYUHMzisjsedREnybPIT/FhLGml1PRz3H6D8DT6t/jl3usw&#10;P4b/X8IBcvMHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfIPCk8AAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l5,e" filled="f" strokecolor="#f8faf8" strokeweight=".24pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5,0" o:connectangles="0,0"/>
                   </v:shape>
                   <v:shape id="Picture 5" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:3160;top:-1538;width:10;height:10;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDRUo8qwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvBf/DMkJvdRNLikRXia2F4q3Rg8dhd0yi2dmQXTX9911B8DbDe/O+N4vVYFtxpd43jhWkkwQE&#10;sXam4UrBfvf9NgPhA7LB1jEp+CMPq+XoZYG5cTf+pWsZKhFD2OeooA6hy6X0uiaLfuI64qgdXW8x&#10;xLWvpOnxFsNtK6dJ8iEtNhwJNXb0WZM+lxcbIUXxfvgKWZlujqneFlO9zk5aqdfxUMxBBBrC0/y4&#10;/jGxfgb3X+IAcvkPAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0VKPKsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                     <v:imagedata r:id="rId13" o:title=""/>
                   </v:shape>
                 </v:group>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00124707" w:rsidRPr="00265816">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:w w:val="105"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
@@ -1095,137 +1095,106 @@
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="0092704F" w:rsidRPr="00265816">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:w w:val="105"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00265816">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:w w:val="105"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> (for internal S|E|P use only)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72D753DC" w14:textId="28C351B5" w:rsidR="00265816" w:rsidRPr="00265816" w:rsidRDefault="00265816" w:rsidP="0039386D">
+    <w:p w14:paraId="72D753DC" w14:textId="5746248E" w:rsidR="00265816" w:rsidRPr="00265816" w:rsidRDefault="00265816" w:rsidP="0039386D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9704"/>
         </w:tabs>
         <w:spacing w:before="29"/>
         <w:ind w:left="114"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00265816">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">This filled-in form must be handed in by the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0015025B">
+        <w:t xml:space="preserve">This filled-in form must be handed in </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00960E02">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>20</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0015025B" w:rsidRPr="0015025B">
+        <w:t>before the Christmas break</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265816">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:vertAlign w:val="superscript"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0015025B">
+        </w:rPr>
+        <w:t xml:space="preserve"> (Joe Pfändner’s pigeon hole at the SEP Bibli</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7C0B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> December</w:t>
+        <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00265816">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Joe </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00265816">
+        <w:t>theksaufsicht</w:t>
+      </w:r>
+      <w:r w:rsidR="00960E02">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>Pfändner’s</w:t>
-[...31 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00265816">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49B91BD4" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D" w:rsidP="0039386D">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D6D6610" w14:textId="77777777" w:rsidR="0039386D" w:rsidRPr="0039386D" w:rsidRDefault="0039386D" w:rsidP="0039386D">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48F149AE" w14:textId="77777777" w:rsidR="0039386D" w:rsidRPr="0039386D" w:rsidRDefault="00AE3964">
       <w:pPr>
         <w:rPr>
@@ -1242,375 +1211,483 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Data</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BA47831" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D"/>
     <w:p w14:paraId="1FA3E3CB" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D">
       <w:r>
         <w:t>Name:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D669D1D" w14:textId="77777777" w:rsidR="00AE3964" w:rsidRDefault="00AE3964"/>
     <w:p w14:paraId="14A64E7C" w14:textId="77777777" w:rsidR="00AE3964" w:rsidRDefault="00AE3964">
       <w:r>
         <w:t>Matriculation number:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B1DA2B8" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D"/>
     <w:p w14:paraId="4AF8451C" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D">
       <w:r>
         <w:t>Date of birth:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31801BF7" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D"/>
-    <w:p w14:paraId="1ABD8F93" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="00AE3964">
+    <w:p w14:paraId="1ABD8F93" w14:textId="5E836D8B" w:rsidR="0039386D" w:rsidRDefault="00AE3964">
       <w:r>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="0039386D">
-        <w:t>ale/female/diverse (Please underline.)</w:t>
+        <w:t>ale/</w:t>
+      </w:r>
+      <w:r w:rsidR="002B39C6">
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="0039386D">
+        <w:t>emale/</w:t>
+      </w:r>
+      <w:r w:rsidR="002B39C6">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="0039386D">
+        <w:t>iverse (</w:t>
+      </w:r>
+      <w:r w:rsidR="00960E02">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="0039386D">
+        <w:t>lease underline)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7539C0C2" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D"/>
-    <w:p w14:paraId="43A4C1D2" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D">
-[...5 lines deleted...]
-    <w:p w14:paraId="4BBD1BD5" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D">
+    <w:p w14:paraId="24DA5D6D" w14:textId="77777777" w:rsidR="00225BA0" w:rsidRDefault="0039386D" w:rsidP="00225BA0">
       <w:r>
         <w:t>Current address</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="30E19F29" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D">
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+        <w:t>Permanent Address:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BBD1BD5" w14:textId="683EDDC3" w:rsidR="0039386D" w:rsidRDefault="0039386D"/>
+    <w:p w14:paraId="30E19F29" w14:textId="0AF08B48" w:rsidR="0039386D" w:rsidRDefault="0039386D">
       <w:r>
         <w:tab/>
         <w:t>Street #</w:t>
       </w:r>
       <w:r w:rsidR="00C70219">
         <w:t>:</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="5AA3A722" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D">
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+        <w:t>Street #:</w:t>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA3A722" w14:textId="15DF4CE9" w:rsidR="0039386D" w:rsidRDefault="0039386D">
       <w:r>
         <w:tab/>
         <w:t>Place:</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+        <w:t>Place:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="534FA8E1" w14:textId="68C7D5D9" w:rsidR="0039386D" w:rsidRDefault="0039386D">
+      <w:r>
+        <w:tab/>
+        <w:t>Phone:</w:t>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00225BA0">
         <w:tab/>
         <w:t>Phone:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="320E9E4D" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D">
       <w:r>
         <w:tab/>
         <w:t>e-mail</w:t>
       </w:r>
       <w:r w:rsidR="00411633">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75DBAC49" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D"/>
-[...26 lines deleted...]
-    <w:p w14:paraId="7007916D" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="0039386D"/>
+    <w:p w14:paraId="7007916D" w14:textId="62D765F3" w:rsidR="0039386D" w:rsidRDefault="0039386D"/>
     <w:p w14:paraId="6D6300B3" w14:textId="77777777" w:rsidR="0039386D" w:rsidRDefault="00AE3964" w:rsidP="0039386D">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>II Please answer the following questions to the best of your knowledge.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A1EC7D8" w14:textId="77777777" w:rsidR="00AE3964" w:rsidRDefault="00AE3964" w:rsidP="0039386D">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59E563D6" w14:textId="77777777" w:rsidR="00AE3964" w:rsidRDefault="00AE3964" w:rsidP="00AE3964">
+    <w:p w14:paraId="59E563D6" w14:textId="3F180CEB" w:rsidR="00AE3964" w:rsidRDefault="00AE3964" w:rsidP="00AE3964">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">What is your course of studies (BA/MA; </w:t>
-[...31 lines deleted...]
-        <w:t>, other) and what is your second major?</w:t>
+        <w:t xml:space="preserve">What is your course of studies (BA/MA; Lehramt, Wirtschaftspädagogik, </w:t>
+      </w:r>
+      <w:r w:rsidR="00960E02">
+        <w:t>ELLC/</w:t>
+      </w:r>
+      <w:r>
+        <w:t>nicht lehramtsbezogen, other) and what is your second major?</w:t>
+      </w:r>
+      <w:r w:rsidR="00960E02">
+        <w:t xml:space="preserve"> Note that students on an exchange semester/year cannot be taken into consideration.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5033F5B0" w14:textId="77777777" w:rsidR="00AE3964" w:rsidRDefault="00AE3964" w:rsidP="00AE3964"/>
     <w:p w14:paraId="74653ED2" w14:textId="77777777" w:rsidR="00AE3964" w:rsidRDefault="00AE3964" w:rsidP="00AE3964"/>
     <w:p w14:paraId="6B27EEFB" w14:textId="77777777" w:rsidR="00AE3964" w:rsidRDefault="00AE3964" w:rsidP="00AE3964">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>What semester are you currently in?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7607F436" w14:textId="77777777" w:rsidR="00AE3964" w:rsidRDefault="00AE3964" w:rsidP="00AE3964"/>
     <w:p w14:paraId="2A30C483" w14:textId="77777777" w:rsidR="00AE3964" w:rsidRDefault="00AE3964" w:rsidP="00AE3964"/>
-    <w:p w14:paraId="2BEFAA09" w14:textId="77777777" w:rsidR="00AE3964" w:rsidRDefault="001C27E8" w:rsidP="00AE3964">
+    <w:p w14:paraId="2BEFAA09" w14:textId="5FE9C734" w:rsidR="00AE3964" w:rsidRDefault="001C27E8" w:rsidP="00AE3964">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Are you </w:t>
       </w:r>
       <w:r w:rsidR="00AE3964">
         <w:t xml:space="preserve">applying </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">parallel </w:t>
       </w:r>
       <w:r w:rsidR="00AE3964">
-        <w:t>for an alternative placement (PAD, Amity, Tuition Waiver, other) or do you intend to do so? If yes, which?</w:t>
+        <w:t xml:space="preserve">for an alternative placement (PAD, Amity, Tuition Waiver, </w:t>
+      </w:r>
+      <w:r w:rsidR="002B39C6">
+        <w:t xml:space="preserve">Enlight, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3964">
+        <w:t>other) or do you intend to do so? If yes, which?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="245AE9F2" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219"/>
     <w:p w14:paraId="4ECDB81D" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219"/>
-    <w:p w14:paraId="451D0A26" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
+    <w:p w14:paraId="451D0A26" w14:textId="4E5C47C9" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>The following Erasmus universities are currently is the S|E|P’s portfolio (as of 2019). Please name your first, second, and third choice:</w:t>
+        <w:t xml:space="preserve">The following Erasmus universities are currently is the S|E|P’s portfolio (as of </w:t>
+      </w:r>
+      <w:r w:rsidR="00960E02">
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:t>). Please name your first, second, and third choice:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="061B36F0" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D175493" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
+    <w:p w14:paraId="2453E0F8" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
       </w:pPr>
       <w:r>
-        <w:t>Reading, UK</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="63147EDD" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
+        <w:t>Cork, Ireland</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40EA4729" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
       </w:pPr>
       <w:r>
-        <w:t>Royal Holloway, UK</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2453E0F8" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
+        <w:t>Maynooth, Ireland</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B8CB27" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
       </w:pPr>
       <w:r>
-        <w:t>Cork, Ireland</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="40EA4729" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
+        <w:t>Lisbon, Portugal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A56A083" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
       </w:pPr>
       <w:r>
-        <w:t>Maynooth, Ireland</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="76B8CB27" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
+        <w:t>Warsaw, Poland</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5858997B" w14:textId="2EF478D1" w:rsidR="00C70219" w:rsidRDefault="00225BA0" w:rsidP="00C70219">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
       </w:pPr>
       <w:r>
-        <w:t>Lisbon, Portugal</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2A56A083" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
+        <w:t>Parma, Italy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A59F65" w14:textId="7C6F0A51" w:rsidR="00225BA0" w:rsidRDefault="00225BA0" w:rsidP="00225BA0">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
       </w:pPr>
       <w:r>
-        <w:t>Warsaw, Poland</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5858997B" w14:textId="77777777" w:rsidR="00C70219" w:rsidRDefault="00C70219" w:rsidP="00C70219">
+        <w:t>London, Royal Holloway Univ., UK (not officially part of the Erasmus programme)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AEBCCF9" w14:textId="5323368F" w:rsidR="00225BA0" w:rsidRDefault="00225BA0" w:rsidP="00225BA0">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A04DFFE" w14:textId="77777777" w:rsidR="00C70219" w:rsidRPr="00AE3964" w:rsidRDefault="00C70219" w:rsidP="00265816">
-[...9 lines deleted...]
-        <w:t>__________</w:t>
+    <w:p w14:paraId="08F0FE71" w14:textId="724890A1" w:rsidR="00225BA0" w:rsidRDefault="00225BA0" w:rsidP="002B39C6">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Additionally, there are three openings available via the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225BA0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Enlight</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> programme in</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3783052B" w14:textId="386A0E60" w:rsidR="00225BA0" w:rsidRDefault="00225BA0" w:rsidP="00225BA0">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57B644DA" w14:textId="3A23ADDE" w:rsidR="00225BA0" w:rsidRDefault="00225BA0" w:rsidP="00225BA0">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Galway, Ireland (application via Göttingen International; application period starts in December</w:t>
+      </w:r>
+      <w:r w:rsidR="002B39C6">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73CBADF5" w14:textId="6CE0A262" w:rsidR="00225BA0" w:rsidRDefault="00225BA0" w:rsidP="00C70219">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13F8BB5A" w14:textId="77777777" w:rsidR="002B39C6" w:rsidRDefault="002B39C6" w:rsidP="002B39C6"/>
+    <w:p w14:paraId="5A04DFFE" w14:textId="7D867D6A" w:rsidR="00C70219" w:rsidRPr="00AE3964" w:rsidRDefault="00C70219" w:rsidP="002B39C6">
+      <w:r>
+        <w:t>Date:</w:t>
+      </w:r>
+      <w:r w:rsidR="00960E02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>___________</w:t>
       </w:r>
       <w:r w:rsidR="00265816">
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Student </w:t>
       </w:r>
       <w:r w:rsidR="00265816">
-        <w:t>Signature:_____________________</w:t>
-[...2 lines deleted...]
-    <w:sectPr w:rsidR="00C70219" w:rsidRPr="00AE3964" w:rsidSect="00265816">
+        <w:t>Signature:</w:t>
+      </w:r>
+      <w:r w:rsidR="00960E02">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00265816">
+        <w:t>_____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00C70219" w:rsidRPr="00AE3964" w:rsidSect="002B39C6">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="284" w:right="991" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="991" w:bottom="709" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02C147A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="72D61A24"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -1755,163 +1832,165 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0039386D"/>
     <w:rsid w:val="00033E3E"/>
     <w:rsid w:val="00046AAF"/>
     <w:rsid w:val="000C7E0B"/>
     <w:rsid w:val="00107E7F"/>
     <w:rsid w:val="00124707"/>
     <w:rsid w:val="0015025B"/>
     <w:rsid w:val="0019288A"/>
     <w:rsid w:val="001B4EF0"/>
     <w:rsid w:val="001B6F8A"/>
     <w:rsid w:val="001C27E8"/>
     <w:rsid w:val="00215A03"/>
     <w:rsid w:val="00222136"/>
+    <w:rsid w:val="00225BA0"/>
     <w:rsid w:val="00265816"/>
+    <w:rsid w:val="002B39C6"/>
     <w:rsid w:val="002F52C0"/>
     <w:rsid w:val="0034081B"/>
     <w:rsid w:val="00346569"/>
     <w:rsid w:val="0039386D"/>
     <w:rsid w:val="003C60C0"/>
     <w:rsid w:val="00411633"/>
     <w:rsid w:val="00417825"/>
     <w:rsid w:val="00462661"/>
     <w:rsid w:val="004F3731"/>
     <w:rsid w:val="005202D8"/>
     <w:rsid w:val="005C62A8"/>
     <w:rsid w:val="005F0017"/>
     <w:rsid w:val="006429D0"/>
     <w:rsid w:val="00835035"/>
     <w:rsid w:val="00881DE7"/>
     <w:rsid w:val="008D062C"/>
     <w:rsid w:val="00915311"/>
     <w:rsid w:val="0092704F"/>
     <w:rsid w:val="009464E3"/>
+    <w:rsid w:val="00960E02"/>
     <w:rsid w:val="009816D0"/>
     <w:rsid w:val="009E0B89"/>
     <w:rsid w:val="00A801CB"/>
     <w:rsid w:val="00AE3964"/>
     <w:rsid w:val="00B82405"/>
     <w:rsid w:val="00BA675E"/>
     <w:rsid w:val="00BB7C0B"/>
     <w:rsid w:val="00C70219"/>
     <w:rsid w:val="00CE0C3E"/>
     <w:rsid w:val="00D167B9"/>
     <w:rsid w:val="00DD1521"/>
     <w:rsid w:val="00DF09A4"/>
     <w:rsid w:val="00E2030F"/>
     <w:rsid w:val="00E21E9B"/>
     <w:rsid w:val="00E30CB9"/>
     <w:rsid w:val="00EA4BFF"/>
     <w:rsid w:val="00F91015"/>
     <w:rsid w:val="00FC7FB5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="75D92EEA"/>
   <w15:docId w15:val="{40725CCC-D277-4E86-972A-87BFB080C407}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2243,51 +2322,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="0039386D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -2353,51 +2431,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0039386D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listenabsatz">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0039386D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -2653,65 +2731,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>154</Words>
-  <Characters>972</Characters>
+  <Words>200</Words>
+  <Characters>1266</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-  <Lines>8</Lines>
+  <DocSecurity>0</DocSecurity>
+  <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1124</CharactersWithSpaces>
+  <CharactersWithSpaces>1464</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Pfaendner, Johannes</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>